--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>National Summary Data Page- IMF</t>
   </si>
   <si>
     <t>The data shown in this page correspond to the data described on the International Monetary Fund´s Dissemination Standards Bulletin Board (DSBB). For a fuller explanation of the DSBB and the statistical standards to which El Salvador has committed, please click onDSBB home
 [Real Sector] [Fiscal Sector] [Financial Sector] [External Sector] [Population]
 Unless otherwise indicated, data are preliminary when first released
 Data are not seasonally adjusted, unless otherwise indicated.
 Data Template on International Reserves/Foreign Currency Liquidity
 (Last update until august 2025)</t>
   </si>
   <si>
     <t>SDDS Data Category and Component</t>
   </si>
   <si>
     <t>Unit Description</t>
   </si>
   <si>
     <t>Observations [1/]</t>
   </si>
   <si>
     <t>% Change from same period of previous year</t>
   </si>
   <si>
     <t>Link to El Salvador´s Data</t>
@@ -76,83 +76,80 @@
   <si>
     <t>National Accounts</t>
   </si>
   <si>
     <t>PIB Precios corrientes por sectores productivos</t>
   </si>
   <si>
     <t>Millions of US$</t>
   </si>
   <si>
     <t>Q2/25</t>
   </si>
   <si>
     <t>Data Base</t>
   </si>
   <si>
     <t>GDP. Index 2/</t>
   </si>
   <si>
     <t>Índex</t>
   </si>
   <si>
     <t>Production Index</t>
   </si>
   <si>
-    <t>Jul/25</t>
+    <t>Aug/25</t>
   </si>
   <si>
     <t>Employment 3/</t>
   </si>
   <si>
     <t>Thousands of workers</t>
   </si>
   <si>
     <t>Unemployment 3/</t>
   </si>
   <si>
     <t>Wages/Earnings 3/</t>
   </si>
   <si>
     <t>Monthly average earnings/ US$</t>
   </si>
   <si>
     <t>Consumer Price Index (CPI)</t>
   </si>
   <si>
     <t>General Index, December 2009=100</t>
   </si>
   <si>
     <t>Sep/25</t>
   </si>
   <si>
     <t>Producer Price Index (PPI)</t>
   </si>
   <si>
-    <t>Aug/25</t>
-[...1 lines deleted...]
-  <si>
     <t>Fiscal Sector</t>
   </si>
   <si>
     <t>General Government or Public Sector Operations [4/] [5/]</t>
   </si>
   <si>
     <t>Income and Donations</t>
   </si>
   <si>
     <t>Expenses and Net Lending</t>
   </si>
   <si>
     <t>Interests</t>
   </si>
   <si>
     <t>Including Donations and Pensions</t>
   </si>
   <si>
     <t>Central Government Operations</t>
   </si>
   <si>
     <t>Total Revenues and Grants</t>
   </si>
   <si>
     <t>Expenditures and Net Lending</t>
@@ -247,51 +244,51 @@
   <si>
     <t>Percentages</t>
   </si>
   <si>
     <t>27 Dec 2013</t>
   </si>
   <si>
     <t>N.T.</t>
   </si>
   <si>
     <t>For 28 days</t>
   </si>
   <si>
     <t>For 91 days</t>
   </si>
   <si>
     <t>For 182 days</t>
   </si>
   <si>
     <t>For 364 days</t>
   </si>
   <si>
     <t>Weighted average rates on Treasury Bill issued in US dollars</t>
   </si>
   <si>
-    <t>03 Oct 2025</t>
+    <t>24 Oct 2025</t>
   </si>
   <si>
     <t>Interbank interest rate for loans between 1-7 days</t>
   </si>
   <si>
     <t>Repos interest rate for periods between 1-7 days</t>
   </si>
   <si>
     <t>Mercado de Valores [7] Stock Market</t>
   </si>
   <si>
     <t>External Sector</t>
   </si>
   <si>
     <t>Quarterly Balance of Payments</t>
   </si>
   <si>
     <t>Current Account</t>
   </si>
   <si>
     <t>Exports of goods</t>
   </si>
   <si>
     <t>Imports of goods</t>
   </si>
@@ -1093,57 +1090,57 @@
       </c>
       <c r="D8" s="10">
         <v>131.41</v>
       </c>
       <c r="E8" s="10">
         <v>129.05</v>
       </c>
       <c r="F8" s="10">
         <v>4.1</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="10">
-        <v>108.12</v>
+        <v>107.74</v>
       </c>
       <c r="E9" s="10">
-        <v>106.55</v>
+        <v>108.16</v>
       </c>
       <c r="F9" s="10">
-        <v>4.33</v>
+        <v>3.01</v>
       </c>
       <c r="G9" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="10">
         <v>2024</v>
       </c>
       <c r="D10" s="10">
         <v>2881.08</v>
       </c>
       <c r="E10" s="10">
         <v>2932.68</v>
       </c>
       <c r="F10" s="10">
         <v>-1.76</v>
       </c>
       <c r="G10" s="11" t="s">
@@ -1205,3174 +1202,3174 @@
       </c>
       <c r="C13" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="10">
         <v>130.89</v>
       </c>
       <c r="E13" s="10">
         <v>130.81</v>
       </c>
       <c r="F13" s="10">
         <v>0.36</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D14" s="10">
+        <v>135.55</v>
+      </c>
+      <c r="E14" s="10">
         <v>135.3</v>
       </c>
-      <c r="E14" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="10">
-        <v>1.2</v>
+        <v>1.14</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="20">
       <c r="A15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="6"/>
       <c r="B16" s="6"/>
       <c r="C16" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>8</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="20">
       <c r="A17" s="8" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="9" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B19" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D19" s="10">
         <v>713.9</v>
       </c>
       <c r="E19" s="10">
         <v>759.11</v>
       </c>
       <c r="F19" s="10">
         <v>1.85</v>
       </c>
       <c r="G19" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D20" s="10">
         <v>714.07</v>
       </c>
       <c r="E20" s="10">
         <v>1001.89</v>
       </c>
       <c r="F20" s="10">
         <v>0.88</v>
       </c>
       <c r="G20" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B21" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D21" s="10">
         <v>102.1</v>
       </c>
       <c r="E21" s="10">
         <v>243.26</v>
       </c>
       <c r="F21" s="10">
         <v>-3.49</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B22" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D22" s="10">
         <v>-0.17</v>
       </c>
       <c r="E22" s="10">
         <v>-242.78</v>
       </c>
       <c r="F22" s="10">
         <v>-97.61</v>
       </c>
       <c r="G22" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="9" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B24" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D24" s="10">
         <v>635.02</v>
       </c>
       <c r="E24" s="10">
         <v>673.73</v>
       </c>
       <c r="F24" s="10">
         <v>8.43</v>
       </c>
       <c r="G24" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B25" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D25" s="10">
         <v>617.93</v>
       </c>
       <c r="E25" s="10">
         <v>899.35</v>
       </c>
       <c r="F25" s="10">
         <v>5.73</v>
       </c>
       <c r="G25" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B26" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D26" s="10">
         <v>91.6</v>
       </c>
       <c r="E26" s="10">
         <v>232.74</v>
       </c>
       <c r="F26" s="10">
         <v>-0.96</v>
       </c>
       <c r="G26" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B27" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D27" s="10">
         <v>17.09</v>
       </c>
       <c r="E27" s="10">
         <v>-225.62</v>
       </c>
       <c r="F27" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G27" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B29" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="10">
         <v>31231.95</v>
       </c>
       <c r="E29" s="10">
         <v>30688.29</v>
       </c>
       <c r="F29" s="10">
         <v>7.57</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B30" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D30" s="10">
         <v>13316.63</v>
       </c>
       <c r="E30" s="10">
         <v>12594.61</v>
       </c>
       <c r="F30" s="10">
         <v>14.89</v>
       </c>
       <c r="G30" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B31" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D31" s="10">
         <v>17915.32</v>
       </c>
       <c r="E31" s="10">
         <v>18093.69</v>
       </c>
       <c r="F31" s="10">
         <v>2.7</v>
       </c>
       <c r="G31" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B32" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D32" s="10">
         <v>110.08</v>
       </c>
       <c r="E32" s="10">
         <v>114.67</v>
       </c>
       <c r="F32" s="10">
         <v>-6.49</v>
       </c>
       <c r="G32" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B33" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D33" s="10">
         <v>110.08</v>
       </c>
       <c r="E33" s="10">
         <v>114.67</v>
       </c>
       <c r="F33" s="10">
         <v>-6.5</v>
       </c>
       <c r="G33" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B34" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D34" s="10">
         <v>0</v>
       </c>
       <c r="E34" s="10">
         <v>0</v>
       </c>
       <c r="F34" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G34" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:7" customHeight="1" ht="20">
       <c r="A35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D35" s="6"/>
       <c r="E35" s="6"/>
       <c r="F35" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="6"/>
       <c r="B36" s="6"/>
       <c r="C36" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="7" t="s">
         <v>8</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
     </row>
     <row r="37" spans="1:7" customHeight="1" ht="20">
       <c r="A37" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="9" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B39" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D39" s="10">
         <v>3775.43</v>
       </c>
       <c r="E39" s="10">
         <v>3987.53</v>
       </c>
       <c r="F39" s="10">
         <v>121.78</v>
       </c>
       <c r="G39" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B40" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D40" s="10">
         <v>18735.63</v>
       </c>
       <c r="E40" s="10">
         <v>18566.15</v>
       </c>
       <c r="F40" s="10">
         <v>2.57</v>
       </c>
       <c r="G40" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B41" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D41" s="10">
         <v>24034.66</v>
       </c>
       <c r="E41" s="10">
         <v>23771.22</v>
       </c>
       <c r="F41" s="10">
         <v>3.67</v>
       </c>
       <c r="G41" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B42" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D42" s="10">
         <v>20619.5</v>
       </c>
       <c r="E42" s="10">
         <v>20381.58</v>
       </c>
       <c r="F42" s="10">
         <v>6.74</v>
       </c>
       <c r="G42" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B43" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D43" s="10">
         <v>3415.16</v>
       </c>
       <c r="E43" s="10">
         <v>3389.64</v>
       </c>
       <c r="F43" s="10">
         <v>-11.69</v>
       </c>
       <c r="G43" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B44" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D44" s="10">
         <v>-5299.03</v>
       </c>
       <c r="E44" s="10">
         <v>-5205.07</v>
       </c>
       <c r="F44" s="10">
         <v>7.76</v>
       </c>
       <c r="G44" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B45" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D45" s="10">
         <v>22511.05</v>
       </c>
       <c r="E45" s="10">
         <v>22553.69</v>
       </c>
       <c r="F45" s="10">
         <v>12.73</v>
       </c>
       <c r="G45" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="9" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B47" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D47" s="10">
         <v>-460.98</v>
       </c>
       <c r="E47" s="10">
         <v>-139.42</v>
       </c>
       <c r="F47" s="10">
         <v>-453.1</v>
       </c>
       <c r="G47" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B48" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D48" s="10">
         <v>736.03</v>
       </c>
       <c r="E48" s="10">
         <v>1027.53</v>
       </c>
       <c r="F48" s="10">
         <v>-34.95</v>
       </c>
       <c r="G48" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B49" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D49" s="10">
         <v>359.98</v>
       </c>
       <c r="E49" s="10">
         <v>360.5</v>
       </c>
       <c r="F49" s="10">
         <v>4.81</v>
       </c>
       <c r="G49" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B50" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D50" s="10">
         <v>376.05</v>
       </c>
       <c r="E50" s="10">
         <v>667.03</v>
       </c>
       <c r="F50" s="10">
         <v>-52.27</v>
       </c>
       <c r="G50" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B51" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D51" s="10">
         <v>-1197.01</v>
       </c>
       <c r="E51" s="10">
         <v>-1166.94</v>
       </c>
       <c r="F51" s="10">
         <v>19.6</v>
       </c>
       <c r="G51" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B52" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D52" s="10">
         <v>3867.91</v>
       </c>
       <c r="E52" s="10">
         <v>3767.57</v>
       </c>
       <c r="F52" s="10">
         <v>43.92</v>
       </c>
       <c r="G52" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B53" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D53" s="10">
         <v>3476.21</v>
       </c>
       <c r="E53" s="10">
         <v>3314.81</v>
       </c>
       <c r="F53" s="10">
         <v>45.48</v>
       </c>
       <c r="G53" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B54" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D54" s="10">
         <v>1.61</v>
       </c>
       <c r="E54" s="10">
         <v>1.61</v>
       </c>
       <c r="F54" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G54" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B55" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D55" s="10">
         <v>3474.6</v>
       </c>
       <c r="E55" s="10">
         <v>3313.2</v>
       </c>
       <c r="F55" s="10">
         <v>45.51</v>
       </c>
       <c r="G55" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B56" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D56" s="10">
         <v>391.7</v>
       </c>
       <c r="E56" s="10">
         <v>452.76</v>
       </c>
       <c r="F56" s="10">
         <v>31.41</v>
       </c>
       <c r="G56" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="9" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
+        <v>66</v>
+      </c>
+      <c r="B58" s="10" t="s">
         <v>67</v>
       </c>
-      <c r="B58" s="10" t="s">
+      <c r="C58" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="C58" s="10" t="s">
+      <c r="D58" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="D58" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F58" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G58" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B59" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C59" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="C59" s="10" t="s">
+      <c r="D59" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="D59" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E59" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F59" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G59" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B60" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C60" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="C60" s="10" t="s">
+      <c r="D60" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="D60" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F60" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G60" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B61" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C61" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="C61" s="10" t="s">
+      <c r="D61" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="D61" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F61" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G61" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B62" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C62" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="C62" s="10" t="s">
+      <c r="D62" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="D62" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F62" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G62" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
+        <v>74</v>
+      </c>
+      <c r="B63" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C63" s="10" t="s">
         <v>75</v>
       </c>
-      <c r="B63" s="10" t="s">
-[...12 lines deleted...]
-        <v>-24</v>
+      <c r="D63" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E63" s="10">
+        <v>5.96</v>
+      </c>
+      <c r="F63" s="10" t="s">
+        <v>40</v>
       </c>
       <c r="G63" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B64" s="10" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C64" s="10" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D64" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E64" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F64" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G64" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B65" s="10" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C65" s="10" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D65" s="10">
-        <v>5.57</v>
+        <v>4.32</v>
       </c>
       <c r="E65" s="10">
-        <v>5.83</v>
+        <v>5.28</v>
       </c>
       <c r="F65" s="10">
-        <v>1.27</v>
+        <v>-27.03</v>
       </c>
       <c r="G65" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="12" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B66" s="10"/>
       <c r="C66" s="10"/>
       <c r="D66" s="10"/>
       <c r="E66" s="10"/>
       <c r="F66" s="10"/>
       <c r="G66" s="10"/>
     </row>
     <row r="67" spans="1:7" customHeight="1" ht="20">
       <c r="A67" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D67" s="6"/>
       <c r="E67" s="6"/>
       <c r="F67" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G67" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="6"/>
       <c r="B68" s="6"/>
       <c r="C68" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D68" s="7" t="s">
         <v>8</v>
       </c>
       <c r="E68" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F68" s="7"/>
       <c r="G68" s="7"/>
     </row>
     <row r="69" spans="1:7" customHeight="1" ht="20">
       <c r="A69" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B69" s="8"/>
       <c r="C69" s="8"/>
       <c r="D69" s="8"/>
       <c r="E69" s="8"/>
       <c r="F69" s="8"/>
       <c r="G69" s="8"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="9" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B71" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D71" s="10">
         <v>218.94</v>
       </c>
       <c r="E71" s="10">
         <v>-389.03</v>
       </c>
       <c r="F71" s="10">
         <v>-8.57</v>
       </c>
       <c r="G71" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B72" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D72" s="10">
         <v>1532.67</v>
       </c>
       <c r="E72" s="10">
         <v>1506.22</v>
       </c>
       <c r="F72" s="10">
         <v>6.23</v>
       </c>
       <c r="G72" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B73" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D73" s="10">
         <v>4125.34</v>
       </c>
       <c r="E73" s="10">
         <v>3947.15</v>
       </c>
       <c r="F73" s="10">
         <v>9.78</v>
       </c>
       <c r="G73" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B74" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D74" s="10">
         <v>1765.29</v>
       </c>
       <c r="E74" s="10">
         <v>1358.08</v>
       </c>
       <c r="F74" s="10">
         <v>8.42</v>
       </c>
       <c r="G74" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B75" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D75" s="10">
         <v>917.19</v>
       </c>
       <c r="E75" s="10">
         <v>950.47</v>
       </c>
       <c r="F75" s="10">
         <v>26.83</v>
       </c>
       <c r="G75" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B76" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D76" s="10">
         <v>115.45</v>
       </c>
       <c r="E76" s="10">
         <v>116.64</v>
       </c>
       <c r="F76" s="10">
         <v>5.95</v>
       </c>
       <c r="G76" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B77" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D77" s="10">
         <v>740</v>
       </c>
       <c r="E77" s="10">
         <v>732.83</v>
       </c>
       <c r="F77" s="10">
         <v>21.09</v>
       </c>
       <c r="G77" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B78" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D78" s="10">
         <v>2658.65</v>
       </c>
       <c r="E78" s="10">
         <v>2347.75</v>
       </c>
       <c r="F78" s="10">
         <v>18.94</v>
       </c>
       <c r="G78" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B79" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D79" s="10">
         <v>70.6</v>
       </c>
       <c r="E79" s="10">
         <v>87.29</v>
       </c>
       <c r="F79" s="10">
         <v>-15.73</v>
       </c>
       <c r="G79" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B80" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D80" s="10">
         <v>46.98</v>
       </c>
       <c r="E80" s="10">
         <v>52.31</v>
       </c>
       <c r="F80" s="10">
         <v>-17.34</v>
       </c>
       <c r="G80" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B81" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D81" s="10">
         <v>2.8</v>
       </c>
       <c r="E81" s="10">
         <v>3.07</v>
       </c>
       <c r="F81" s="10">
         <v>-38.38</v>
       </c>
       <c r="G81" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B82" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D82" s="10">
         <v>-250.36</v>
       </c>
       <c r="E82" s="10">
         <v>-47.03</v>
       </c>
       <c r="F82" s="10">
         <v>192.06</v>
       </c>
       <c r="G82" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B83" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D83" s="10">
         <v>17.95</v>
       </c>
       <c r="E83" s="10">
         <v>182.21</v>
       </c>
       <c r="F83" s="10">
         <v>-89.05</v>
       </c>
       <c r="G83" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B84" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D84" s="10">
         <v>62.14</v>
       </c>
       <c r="E84" s="10">
         <v>498.8</v>
       </c>
       <c r="F84" s="10">
         <v>-53.58</v>
       </c>
       <c r="G84" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B85" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D85" s="10">
         <v>-9.49</v>
       </c>
       <c r="E85" s="10">
         <v>122.76</v>
       </c>
       <c r="F85" s="10">
         <v>-95.34</v>
       </c>
       <c r="G85" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B86" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D86" s="10">
         <v>-1.18</v>
       </c>
       <c r="E86" s="10">
         <v>-100.74</v>
       </c>
       <c r="F86" s="10">
         <v>-100.19</v>
       </c>
       <c r="G86" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B87" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D87" s="10">
         <v>-2.31</v>
       </c>
       <c r="E87" s="10">
         <v>-0.72</v>
       </c>
       <c r="F87" s="10">
         <v>-72.38</v>
       </c>
       <c r="G87" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B88" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D88" s="10">
         <v>-3.55</v>
       </c>
       <c r="E88" s="10">
         <v>-2.95</v>
       </c>
       <c r="F88" s="10">
         <v>163.73</v>
       </c>
       <c r="G88" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B89" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D89" s="10">
         <v>63.15</v>
       </c>
       <c r="E89" s="10">
         <v>-19.84</v>
       </c>
       <c r="F89" s="10">
         <v>-75.24</v>
       </c>
       <c r="G89" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B90" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D90" s="10">
         <v>583.39</v>
       </c>
       <c r="E90" s="10">
         <v>321.69</v>
       </c>
       <c r="F90" s="10">
         <v>-1353.16</v>
       </c>
       <c r="G90" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B91" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D91" s="10">
         <v>321.13</v>
       </c>
       <c r="E91" s="10">
         <v>385.36</v>
       </c>
       <c r="F91" s="10">
         <v>-25.16</v>
       </c>
       <c r="G91" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B92" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D92" s="10">
         <v>-513.48</v>
       </c>
       <c r="E92" s="10">
         <v>292.76</v>
       </c>
       <c r="F92" s="10">
         <v>36.03</v>
       </c>
       <c r="G92" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="9" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B94" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D94" s="10">
         <v>4782.19</v>
       </c>
       <c r="E94" s="10">
         <v>4359.22</v>
       </c>
       <c r="F94" s="10">
         <v>59.16</v>
       </c>
       <c r="G94" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B95" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D95" s="10">
         <v>5153.65</v>
       </c>
       <c r="E95" s="10">
         <v>4843.1</v>
       </c>
       <c r="F95" s="10">
         <v>58.06</v>
       </c>
       <c r="G95" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B96" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D96" s="10">
         <v>4714.79</v>
       </c>
       <c r="E96" s="10">
         <v>4476.14</v>
       </c>
       <c r="F96" s="10">
         <v>60.93</v>
       </c>
       <c r="G96" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B97" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D97" s="10">
         <v>0</v>
       </c>
       <c r="E97" s="10">
         <v>0</v>
       </c>
       <c r="F97" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G97" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B98" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D98" s="10">
         <v>215.57</v>
       </c>
       <c r="E98" s="10">
         <v>215.2</v>
       </c>
       <c r="F98" s="10">
         <v>0.95</v>
       </c>
       <c r="G98" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B99" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D99" s="10">
         <v>222.27</v>
       </c>
       <c r="E99" s="10">
         <v>151.25</v>
       </c>
       <c r="F99" s="10">
         <v>91.62</v>
       </c>
       <c r="G99" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B100" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D100" s="10">
         <v>1.03</v>
       </c>
       <c r="E100" s="10">
         <v>0.52</v>
       </c>
       <c r="F100" s="10">
         <v>-23.77</v>
       </c>
       <c r="G100" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B101" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D101" s="10">
         <v>371.46</v>
       </c>
       <c r="E101" s="10">
         <v>483.88</v>
       </c>
       <c r="F101" s="10">
         <v>45.04</v>
       </c>
       <c r="G101" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B102" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D102" s="10">
         <v>0</v>
       </c>
       <c r="E102" s="10">
         <v>0</v>
       </c>
       <c r="F102" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G102" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B103" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D103" s="10">
         <v>2.95</v>
       </c>
       <c r="E103" s="10">
         <v>1.53</v>
       </c>
       <c r="F103" s="10">
         <v>-22.76</v>
       </c>
       <c r="G103" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B104" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D104" s="10">
         <v>368.51</v>
       </c>
       <c r="E104" s="10">
         <v>482.35</v>
       </c>
       <c r="F104" s="10">
         <v>46.07</v>
       </c>
       <c r="G104" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="B105" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C105" s="10" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="D105" s="10">
         <v>4843.1</v>
       </c>
       <c r="E105" s="10">
         <v>4925.62</v>
       </c>
       <c r="F105" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="G105" s="11" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="9" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B107" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D107" s="10">
+        <v>-961.73</v>
+      </c>
+      <c r="E107" s="10">
         <v>-857.23</v>
       </c>
-      <c r="E107" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F107" s="10">
-        <v>9.16</v>
+        <v>33.79</v>
       </c>
       <c r="G107" s="11" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B108" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D108" s="10">
+        <v>536.67</v>
+      </c>
+      <c r="E108" s="10">
         <v>540.94</v>
       </c>
-      <c r="E108" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F108" s="10">
-        <v>1</v>
+        <v>-0.75</v>
       </c>
       <c r="G108" s="11" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B109" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D109" s="10">
+        <v>1498.41</v>
+      </c>
+      <c r="E109" s="10">
         <v>1398.18</v>
       </c>
-      <c r="E109" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F109" s="10">
-        <v>5.85</v>
+        <v>18.96</v>
       </c>
       <c r="G109" s="11" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="9" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B111" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D111" s="10">
         <v>-20773.85</v>
       </c>
       <c r="E111" s="10">
         <v>-20551.21</v>
       </c>
       <c r="F111" s="10">
         <v>10.03</v>
       </c>
       <c r="G111" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B112" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D112" s="10">
         <v>16653.46</v>
       </c>
       <c r="E112" s="10">
         <v>16205.25</v>
       </c>
       <c r="F112" s="10">
         <v>16.43</v>
       </c>
       <c r="G112" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B113" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D113" s="10">
         <v>5197.79</v>
       </c>
       <c r="E113" s="10">
         <v>5179.96</v>
       </c>
       <c r="F113" s="10">
         <v>5.79</v>
       </c>
       <c r="G113" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B114" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D114" s="10">
         <v>1462.99</v>
       </c>
       <c r="E114" s="10">
         <v>1357.15</v>
       </c>
       <c r="F114" s="10">
         <v>106.54</v>
       </c>
       <c r="G114" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B115" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D115" s="10">
         <v>0.95</v>
       </c>
       <c r="E115" s="10">
         <v>13.23</v>
       </c>
       <c r="F115" s="10">
         <v>-92.58</v>
       </c>
       <c r="G115" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B116" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D116" s="10">
         <v>5547.39</v>
       </c>
       <c r="E116" s="10">
         <v>5541.89</v>
       </c>
       <c r="F116" s="10">
         <v>4.16</v>
       </c>
       <c r="G116" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B117" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D117" s="10">
         <v>4444.32</v>
       </c>
       <c r="E117" s="10">
         <v>4113.02</v>
       </c>
       <c r="F117" s="10">
         <v>32.91</v>
       </c>
       <c r="G117" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B118" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D118" s="10">
         <v>37427.31</v>
       </c>
       <c r="E118" s="10">
         <v>36756.46</v>
       </c>
       <c r="F118" s="10">
         <v>12.79</v>
       </c>
       <c r="G118" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B119" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D119" s="10">
         <v>15180.23</v>
       </c>
       <c r="E119" s="10">
         <v>15117.68</v>
       </c>
       <c r="F119" s="10">
         <v>7.6</v>
       </c>
       <c r="G119" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B120" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D120" s="10">
         <v>6183.95</v>
       </c>
       <c r="E120" s="10">
         <v>6093.59</v>
       </c>
       <c r="F120" s="10">
         <v>39.58</v>
       </c>
       <c r="G120" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B121" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D121" s="10">
         <v>1.11</v>
       </c>
       <c r="E121" s="10">
         <v>5.84</v>
       </c>
       <c r="F121" s="10">
         <v>152.57</v>
       </c>
       <c r="G121" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B122" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D122" s="10">
         <v>16062.01</v>
       </c>
       <c r="E122" s="10">
         <v>15539.34</v>
       </c>
       <c r="F122" s="10">
         <v>9.68</v>
       </c>
       <c r="G122" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="9" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B124" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D124" s="10">
         <v>25296.54</v>
       </c>
       <c r="E124" s="10">
         <v>24890.78</v>
       </c>
       <c r="F124" s="10">
         <v>10.56</v>
       </c>
       <c r="G124" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B125" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D125" s="10">
         <v>13316.63</v>
       </c>
       <c r="E125" s="10">
         <v>12594.61</v>
       </c>
       <c r="F125" s="10">
         <v>14.89</v>
       </c>
       <c r="G125" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B126" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D126" s="10">
         <v>0</v>
       </c>
       <c r="E126" s="10">
         <v>0</v>
       </c>
       <c r="F126" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G126" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B127" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D127" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E127" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F127" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G127" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B128" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D128" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E128" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F128" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G128" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B129" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D129" s="10">
         <v>13316.63</v>
       </c>
       <c r="E129" s="10">
         <v>12594.61</v>
       </c>
       <c r="F129" s="10">
         <v>14.89</v>
       </c>
       <c r="G129" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B130" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D130" s="10">
         <v>6184.05</v>
       </c>
       <c r="E130" s="10">
         <v>6235.9</v>
       </c>
       <c r="F130" s="10">
         <v>9.8</v>
       </c>
       <c r="G130" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B131" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D131" s="10">
         <v>7132.58</v>
       </c>
       <c r="E131" s="10">
         <v>6358.7</v>
       </c>
       <c r="F131" s="10">
         <v>19.69</v>
       </c>
       <c r="G131" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B132" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D132" s="10">
         <v>815.04</v>
       </c>
       <c r="E132" s="10">
         <v>936.4</v>
       </c>
       <c r="F132" s="10">
         <v>3.94</v>
       </c>
       <c r="G132" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B133" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D133" s="10">
         <v>206.08</v>
       </c>
       <c r="E133" s="10">
         <v>346.92</v>
       </c>
       <c r="F133" s="10">
         <v>2.97</v>
       </c>
       <c r="G133" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B134" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D134" s="10">
         <v>1.12</v>
       </c>
       <c r="E134" s="10">
         <v>1.07</v>
       </c>
       <c r="F134" s="10">
         <v>10.11</v>
       </c>
       <c r="G134" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B135" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D135" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E135" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F135" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G135" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B136" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D136" s="10">
         <v>204.97</v>
       </c>
       <c r="E136" s="10">
         <v>345.86</v>
       </c>
       <c r="F136" s="10">
         <v>2.94</v>
       </c>
       <c r="G136" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B137" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D137" s="10">
         <v>608.95</v>
       </c>
       <c r="E137" s="10">
         <v>589.48</v>
       </c>
       <c r="F137" s="10">
         <v>4.27</v>
       </c>
       <c r="G137" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B138" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D138" s="10">
         <v>603.29</v>
       </c>
       <c r="E138" s="10">
         <v>583.4</v>
       </c>
       <c r="F138" s="10">
         <v>4.46</v>
       </c>
       <c r="G138" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B139" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D139" s="10">
         <v>5.66</v>
       </c>
       <c r="E139" s="10">
         <v>6.08</v>
       </c>
       <c r="F139" s="10">
         <v>-12.94</v>
       </c>
       <c r="G139" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B140" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D140" s="10">
         <v>1815.18</v>
       </c>
       <c r="E140" s="10">
         <v>1948.73</v>
       </c>
       <c r="F140" s="10">
         <v>-6.91</v>
       </c>
       <c r="G140" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B141" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D141" s="10">
         <v>329.32</v>
       </c>
       <c r="E141" s="10">
         <v>301.01</v>
       </c>
       <c r="F141" s="10">
         <v>-47.81</v>
       </c>
       <c r="G141" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B142" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D142" s="10">
         <v>100.39</v>
       </c>
       <c r="E142" s="10">
         <v>94.6</v>
       </c>
       <c r="F142" s="10">
         <v>8.86</v>
       </c>
       <c r="G142" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B143" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D143" s="10">
         <v>228.93</v>
       </c>
       <c r="E143" s="10">
         <v>206.41</v>
       </c>
       <c r="F143" s="10">
         <v>-57.51</v>
       </c>
       <c r="G143" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B144" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D144" s="10">
         <v>1485.87</v>
       </c>
       <c r="E144" s="10">
         <v>1647.72</v>
       </c>
       <c r="F144" s="10">
         <v>12.67</v>
       </c>
       <c r="G144" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B145" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D145" s="10">
         <v>1475.05</v>
       </c>
       <c r="E145" s="10">
         <v>1635.76</v>
       </c>
       <c r="F145" s="10">
         <v>13.21</v>
       </c>
       <c r="G145" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B146" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D146" s="10">
         <v>6308.66</v>
       </c>
       <c r="E146" s="10">
         <v>6306.13</v>
       </c>
       <c r="F146" s="10">
         <v>5.74</v>
       </c>
       <c r="G146" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B147" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D147" s="10">
         <v>2126.3</v>
       </c>
       <c r="E147" s="10">
         <v>2019.69</v>
       </c>
       <c r="F147" s="10">
         <v>5.03</v>
       </c>
       <c r="G147" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B148" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D148" s="10">
         <v>665.59</v>
       </c>
       <c r="E148" s="10">
         <v>596.49</v>
       </c>
       <c r="F148" s="10">
         <v>-12.06</v>
       </c>
       <c r="G148" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B149" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D149" s="10">
         <v>1450.39</v>
       </c>
       <c r="E149" s="10">
         <v>1412.89</v>
       </c>
       <c r="F149" s="10">
         <v>15.6</v>
       </c>
       <c r="G149" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B150" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D150" s="10">
         <v>4182.37</v>
       </c>
       <c r="E150" s="10">
         <v>4286.44</v>
       </c>
       <c r="F150" s="10">
         <v>6.11</v>
       </c>
       <c r="G150" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B151" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D151" s="10">
         <v>0</v>
       </c>
       <c r="E151" s="10">
         <v>0</v>
       </c>
       <c r="F151" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G151" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B152" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D152" s="10">
         <v>3837.61</v>
       </c>
       <c r="E152" s="10">
         <v>3933.76</v>
       </c>
       <c r="F152" s="10">
         <v>7.64</v>
       </c>
       <c r="G152" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B153" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D153" s="10">
         <v>344.76</v>
       </c>
       <c r="E153" s="10">
         <v>352.68</v>
       </c>
       <c r="F153" s="10">
         <v>-8.42</v>
       </c>
       <c r="G153" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B154" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D154" s="10">
         <v>3041.02</v>
       </c>
       <c r="E154" s="10">
         <v>3104.91</v>
       </c>
       <c r="F154" s="10">
         <v>17.44</v>
       </c>
       <c r="G154" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B155" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D155" s="10">
         <v>1816.86</v>
       </c>
       <c r="E155" s="10">
         <v>1835.74</v>
       </c>
       <c r="F155" s="10">
         <v>15.83</v>
       </c>
       <c r="G155" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B156" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D156" s="10">
         <v>49.22</v>
       </c>
       <c r="E156" s="10">
         <v>49.22</v>
       </c>
       <c r="F156" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G156" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B157" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D157" s="10">
         <v>1174.94</v>
       </c>
       <c r="E157" s="10">
         <v>1219.95</v>
       </c>
       <c r="F157" s="10">
         <v>20.93</v>
       </c>
       <c r="G157" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="9" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
+        <v>150</v>
+      </c>
+      <c r="B159" s="10" t="s">
         <v>151</v>
       </c>
-      <c r="B159" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="10" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D159" s="10">
         <v>8.75</v>
       </c>
       <c r="E159" s="10">
         <v>8.75</v>
       </c>
       <c r="F159" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G159" s="11" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="160" spans="1:7" customHeight="1" ht="20">
       <c r="A160" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C160" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D160" s="6"/>
       <c r="E160" s="6"/>
       <c r="F160" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G160" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" s="6"/>
       <c r="B161" s="6"/>
       <c r="C161" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D161" s="7" t="s">
         <v>8</v>
       </c>
       <c r="E161" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F161" s="7"/>
       <c r="G161" s="7"/>
     </row>
     <row r="162" spans="1:7" customHeight="1" ht="20">
       <c r="A162" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B162" s="8"/>
       <c r="C162" s="8"/>
       <c r="D162" s="8"/>
       <c r="E162" s="8"/>
       <c r="F162" s="8"/>
       <c r="G162" s="8"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" s="9"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
+        <v>153</v>
+      </c>
+      <c r="B164" s="10" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="C164" s="10">
         <v>2024</v>
       </c>
       <c r="D164" s="10">
         <v>6147.65</v>
       </c>
       <c r="E164" s="10">
         <v>6338.9</v>
       </c>
       <c r="F164" s="10">
         <v>-3.02</v>
       </c>
       <c r="G164" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="165" spans="1:7" customHeight="1" ht="150">
       <c r="A165" s="13" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B165" s="3"/>
       <c r="C165" s="3"/>
       <c r="D165" s="3"/>
       <c r="E165" s="3"/>
       <c r="F165" s="3"/>
       <c r="G165" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="A5:G5"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="F15:F16"/>
     <mergeCell ref="G15:G16"/>