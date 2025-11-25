--- v1 (2025-10-29)
+++ v2 (2025-11-25)
@@ -12,61 +12,61 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>National Summary Data Page- IMF</t>
   </si>
   <si>
     <t>The data shown in this page correspond to the data described on the International Monetary Fund´s Dissemination Standards Bulletin Board (DSBB). For a fuller explanation of the DSBB and the statistical standards to which El Salvador has committed, please click onDSBB home
 [Real Sector] [Fiscal Sector] [Financial Sector] [External Sector] [Population]
 Unless otherwise indicated, data are preliminary when first released
 Data are not seasonally adjusted, unless otherwise indicated.
 Data Template on International Reserves/Foreign Currency Liquidity
-(Last update until august 2025)</t>
+(Last update until september 2025)</t>
   </si>
   <si>
     <t>SDDS Data Category and Component</t>
   </si>
   <si>
     <t>Unit Description</t>
   </si>
   <si>
     <t>Observations [1/]</t>
   </si>
   <si>
     <t>% Change from same period of previous year</t>
   </si>
   <si>
     <t>Link to El Salvador´s Data</t>
   </si>
   <si>
     <t>Date of the Latest Data</t>
   </si>
   <si>
     <t>Latest Data</t>
   </si>
   <si>
     <t>Data for the previous period</t>
   </si>
@@ -76,131 +76,134 @@
   <si>
     <t>National Accounts</t>
   </si>
   <si>
     <t>PIB Precios corrientes por sectores productivos</t>
   </si>
   <si>
     <t>Millions of US$</t>
   </si>
   <si>
     <t>Q2/25</t>
   </si>
   <si>
     <t>Data Base</t>
   </si>
   <si>
     <t>GDP. Index 2/</t>
   </si>
   <si>
     <t>Índex</t>
   </si>
   <si>
     <t>Production Index</t>
   </si>
   <si>
-    <t>Aug/25</t>
+    <t>Sep/25</t>
   </si>
   <si>
     <t>Employment 3/</t>
   </si>
   <si>
     <t>Thousands of workers</t>
   </si>
   <si>
     <t>Unemployment 3/</t>
   </si>
   <si>
     <t>Wages/Earnings 3/</t>
   </si>
   <si>
     <t>Monthly average earnings/ US$</t>
   </si>
   <si>
     <t>Consumer Price Index (CPI)</t>
   </si>
   <si>
     <t>General Index, December 2009=100</t>
   </si>
   <si>
-    <t>Sep/25</t>
+    <t>Oct/25</t>
   </si>
   <si>
     <t>Producer Price Index (PPI)</t>
   </si>
   <si>
     <t>Fiscal Sector</t>
   </si>
   <si>
     <t>General Government or Public Sector Operations [4/] [5/]</t>
   </si>
   <si>
     <t>Income and Donations</t>
   </si>
   <si>
     <t>Expenses and Net Lending</t>
   </si>
   <si>
     <t>Interests</t>
   </si>
   <si>
     <t>Including Donations and Pensions</t>
   </si>
   <si>
     <t>Central Government Operations</t>
   </si>
   <si>
     <t>Total Revenues and Grants</t>
   </si>
   <si>
     <t>Expenditures and Net Lending</t>
   </si>
   <si>
     <t>Interest paymets</t>
   </si>
   <si>
     <t>Balance, Deficit/Surplus</t>
   </si>
   <si>
+    <t>Central Government Debt</t>
+  </si>
+  <si>
+    <t>Q3/25</t>
+  </si>
+  <si>
+    <t>External Debt</t>
+  </si>
+  <si>
+    <t>Domestic Debt</t>
+  </si>
+  <si>
+    <t>Guaranteed Debt</t>
+  </si>
+  <si>
+    <t>Guaranteed</t>
+  </si>
+  <si>
     <t>-.-</t>
   </si>
   <si>
-    <t>Central Government Debt</t>
-[...13 lines deleted...]
-  <si>
     <t>Monetary Sector</t>
   </si>
   <si>
     <t>Panorama de las Sociedades de Depósitos (PSD)</t>
   </si>
   <si>
     <t>Net Foreign Assets (NEA)</t>
   </si>
   <si>
     <t>Net domestic assets (NDA)</t>
   </si>
   <si>
     <t>Domestic total credit (net)</t>
   </si>
   <si>
     <t>Credit and Investment to the Private Sector</t>
   </si>
   <si>
     <t>Non-Financial Public Sector Credit (Net)</t>
   </si>
   <si>
     <t>Other Net Accounts</t>
   </si>
   <si>
     <t>Broad Sense Money (DSA)</t>
@@ -244,51 +247,51 @@
   <si>
     <t>Percentages</t>
   </si>
   <si>
     <t>27 Dec 2013</t>
   </si>
   <si>
     <t>N.T.</t>
   </si>
   <si>
     <t>For 28 days</t>
   </si>
   <si>
     <t>For 91 days</t>
   </si>
   <si>
     <t>For 182 days</t>
   </si>
   <si>
     <t>For 364 days</t>
   </si>
   <si>
     <t>Weighted average rates on Treasury Bill issued in US dollars</t>
   </si>
   <si>
-    <t>24 Oct 2025</t>
+    <t>14 Nov 2025</t>
   </si>
   <si>
     <t>Interbank interest rate for loans between 1-7 days</t>
   </si>
   <si>
     <t>Repos interest rate for periods between 1-7 days</t>
   </si>
   <si>
     <t>Mercado de Valores [7] Stock Market</t>
   </si>
   <si>
     <t>External Sector</t>
   </si>
   <si>
     <t>Quarterly Balance of Payments</t>
   </si>
   <si>
     <t>Current Account</t>
   </si>
   <si>
     <t>Exports of goods</t>
   </si>
   <si>
     <t>Imports of goods</t>
   </si>
@@ -367,54 +370,54 @@
   <si>
     <t>SDR's Holding</t>
   </si>
   <si>
     <t>Gold</t>
   </si>
   <si>
     <t>Assets in transit and Interest earnings on Foreign Assets</t>
   </si>
   <si>
     <t>SHORT TERM EXTERNAL LIABILITIES</t>
   </si>
   <si>
     <t>Interest Payments to Non Residents</t>
   </si>
   <si>
     <t>Interest Payments on Foreighn Liabilities</t>
   </si>
   <si>
     <t>Other Short Term Liabilities</t>
   </si>
   <si>
     <t>International Reserves and Foreign Currency Liquidity</t>
   </si>
   <si>
-    <t>Agosto/25</t>
-[...2 lines deleted...]
-    <t>46.7%</t>
+    <t>Septiembre/25</t>
+  </si>
+  <si>
+    <t>58.1%</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>International Merchandise Trade</t>
   </si>
   <si>
     <t>Trade Balance</t>
   </si>
   <si>
     <t>Exports (FOB)</t>
   </si>
   <si>
     <t>Imports (CIF)</t>
   </si>
   <si>
     <t>International Position Investment</t>
   </si>
   <si>
     <t>Net International Investment Position</t>
   </si>
   <si>
     <t>Assets</t>
   </si>
@@ -1090,57 +1093,57 @@
       </c>
       <c r="D8" s="10">
         <v>131.41</v>
       </c>
       <c r="E8" s="10">
         <v>129.05</v>
       </c>
       <c r="F8" s="10">
         <v>4.1</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="10">
-        <v>107.74</v>
+        <v>108.34</v>
       </c>
       <c r="E9" s="10">
-        <v>108.16</v>
+        <v>107.8</v>
       </c>
       <c r="F9" s="10">
-        <v>3.01</v>
+        <v>5.25</v>
       </c>
       <c r="G9" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="10">
         <v>2024</v>
       </c>
       <c r="D10" s="10">
         <v>2881.08</v>
       </c>
       <c r="E10" s="10">
         <v>2932.68</v>
       </c>
       <c r="F10" s="10">
         <v>-1.76</v>
       </c>
       <c r="G10" s="11" t="s">
@@ -1182,80 +1185,80 @@
       </c>
       <c r="D12" s="10">
         <v>225.27</v>
       </c>
       <c r="E12" s="10">
         <v>223.32</v>
       </c>
       <c r="F12" s="10">
         <v>0.87</v>
       </c>
       <c r="G12" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="10">
+        <v>131.26</v>
+      </c>
+      <c r="E13" s="10">
         <v>130.89</v>
       </c>
-      <c r="E13" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="10">
-        <v>0.36</v>
+        <v>0.93</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D14" s="10">
+        <v>135</v>
+      </c>
+      <c r="E14" s="10">
         <v>135.55</v>
       </c>
-      <c r="E14" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="10">
-        <v>1.14</v>
+        <v>0.16</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="20">
       <c r="A15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:7">
@@ -1278,3098 +1281,3098 @@
         <v>29</v>
       </c>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>31</v>
       </c>
       <c r="B19" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D19" s="10">
-        <v>713.9</v>
+        <v>775.75</v>
       </c>
       <c r="E19" s="10">
-        <v>759.11</v>
+        <v>713.81</v>
       </c>
       <c r="F19" s="10">
-        <v>1.85</v>
+        <v>17.51</v>
       </c>
       <c r="G19" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D20" s="10">
-        <v>714.07</v>
+        <v>665.69</v>
       </c>
       <c r="E20" s="10">
-        <v>1001.89</v>
+        <v>711.76</v>
       </c>
       <c r="F20" s="10">
-        <v>0.88</v>
+        <v>-21.21</v>
       </c>
       <c r="G20" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>33</v>
       </c>
       <c r="B21" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D21" s="10">
+        <v>75.65</v>
+      </c>
+      <c r="E21" s="10">
         <v>102.1</v>
       </c>
-      <c r="E21" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="10">
-        <v>-3.49</v>
+        <v>28.04</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>34</v>
       </c>
       <c r="B22" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D22" s="10">
-        <v>-0.17</v>
+        <v>110.06</v>
       </c>
       <c r="E22" s="10">
-        <v>-242.78</v>
+        <v>2.04</v>
       </c>
       <c r="F22" s="10">
-        <v>-97.61</v>
+        <v>-159.59</v>
       </c>
       <c r="G22" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>36</v>
       </c>
       <c r="B24" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D24" s="10">
-        <v>635.02</v>
+        <v>666.29</v>
       </c>
       <c r="E24" s="10">
-        <v>673.73</v>
+        <v>635.01</v>
       </c>
       <c r="F24" s="10">
-        <v>8.43</v>
+        <v>22.45</v>
       </c>
       <c r="G24" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>37</v>
       </c>
       <c r="B25" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D25" s="10">
-        <v>617.93</v>
+        <v>618.13</v>
       </c>
       <c r="E25" s="10">
-        <v>899.35</v>
+        <v>615.59</v>
       </c>
       <c r="F25" s="10">
-        <v>5.73</v>
+        <v>-14.61</v>
       </c>
       <c r="G25" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>38</v>
       </c>
       <c r="B26" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D26" s="10">
+        <v>70.47</v>
+      </c>
+      <c r="E26" s="10">
         <v>91.6</v>
       </c>
-      <c r="E26" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="10">
-        <v>-0.96</v>
+        <v>46.4</v>
       </c>
       <c r="G26" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>39</v>
       </c>
       <c r="B27" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D27" s="10">
-        <v>17.09</v>
+        <v>48.17</v>
       </c>
       <c r="E27" s="10">
-        <v>-225.62</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>19.42</v>
+      </c>
+      <c r="F27" s="10">
+        <v>-126.79</v>
       </c>
       <c r="G27" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C29" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B29" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29" s="10">
+        <v>31640.72</v>
+      </c>
+      <c r="E29" s="10">
         <v>31231.95</v>
       </c>
-      <c r="E29" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="10">
-        <v>7.57</v>
+        <v>7.34</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="10" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D30" s="10">
+        <v>13887.09</v>
+      </c>
+      <c r="E30" s="10">
         <v>13316.63</v>
       </c>
-      <c r="E30" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F30" s="10">
-        <v>14.89</v>
+        <v>17.95</v>
       </c>
       <c r="G30" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="10" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D31" s="10">
+        <v>17754.63</v>
+      </c>
+      <c r="E31" s="10">
         <v>17915.32</v>
       </c>
-      <c r="E31" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="10">
-        <v>2.7</v>
+        <v>0.29</v>
       </c>
       <c r="G31" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>44</v>
       </c>
       <c r="B32" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D32" s="10">
         <v>110.08</v>
       </c>
       <c r="E32" s="10">
         <v>114.67</v>
       </c>
       <c r="F32" s="10">
         <v>-6.49</v>
       </c>
       <c r="G32" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>44</v>
       </c>
       <c r="B33" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="10" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D33" s="10">
         <v>110.08</v>
       </c>
       <c r="E33" s="10">
-        <v>114.67</v>
+        <v>110.08</v>
       </c>
       <c r="F33" s="10">
-        <v>-6.5</v>
+        <v>-6.97</v>
       </c>
       <c r="G33" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>45</v>
       </c>
       <c r="B34" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="10" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D34" s="10">
         <v>0</v>
       </c>
       <c r="E34" s="10">
         <v>0</v>
       </c>
       <c r="F34" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G34" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:7" customHeight="1" ht="20">
       <c r="A35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D35" s="6"/>
       <c r="E35" s="6"/>
       <c r="F35" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="6"/>
       <c r="B36" s="6"/>
       <c r="C36" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="7" t="s">
         <v>8</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
     </row>
     <row r="37" spans="1:7" customHeight="1" ht="20">
       <c r="A37" s="8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B39" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D39" s="10">
+        <v>4447.14</v>
+      </c>
+      <c r="E39" s="10">
         <v>3775.43</v>
       </c>
-      <c r="E39" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="10">
-        <v>121.78</v>
+        <v>175.66</v>
       </c>
       <c r="G39" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B40" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D40" s="10">
+        <v>18263.36</v>
+      </c>
+      <c r="E40" s="10">
         <v>18735.63</v>
       </c>
-      <c r="E40" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F40" s="10">
-        <v>2.57</v>
+        <v>-1.12</v>
       </c>
       <c r="G40" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B41" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D41" s="10">
+        <v>23335.18</v>
+      </c>
+      <c r="E41" s="10">
         <v>24034.66</v>
       </c>
-      <c r="E41" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="10">
-        <v>3.67</v>
+        <v>-0.26</v>
       </c>
       <c r="G41" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B42" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D42" s="10">
+        <v>20624.22</v>
+      </c>
+      <c r="E42" s="10">
         <v>20619.5</v>
       </c>
-      <c r="E42" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F42" s="10">
-        <v>6.74</v>
+        <v>6.4</v>
       </c>
       <c r="G42" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B43" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D43" s="10">
+        <v>2710.96</v>
+      </c>
+      <c r="E43" s="10">
         <v>3415.16</v>
       </c>
-      <c r="E43" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="10">
-        <v>-11.69</v>
+        <v>-32.42</v>
       </c>
       <c r="G43" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B44" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D44" s="10">
+        <v>-5071.82</v>
+      </c>
+      <c r="E44" s="10">
         <v>-5299.03</v>
       </c>
-      <c r="E44" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F44" s="10">
-        <v>7.76</v>
+        <v>3</v>
       </c>
       <c r="G44" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B45" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D45" s="10">
+        <v>22710.5</v>
+      </c>
+      <c r="E45" s="10">
         <v>22511.05</v>
       </c>
-      <c r="E45" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F45" s="10">
-        <v>12.73</v>
+        <v>13.08</v>
       </c>
       <c r="G45" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B47" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D47" s="10">
+        <v>-337.5</v>
+      </c>
+      <c r="E47" s="10">
         <v>-460.98</v>
       </c>
-      <c r="E47" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F47" s="10">
-        <v>-453.1</v>
+        <v>-271.66</v>
       </c>
       <c r="G47" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B48" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D48" s="10">
+        <v>872.83</v>
+      </c>
+      <c r="E48" s="10">
         <v>736.03</v>
       </c>
-      <c r="E48" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="10">
-        <v>-34.95</v>
+        <v>-27.14</v>
       </c>
       <c r="G48" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B49" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D49" s="10">
+        <v>359.83</v>
+      </c>
+      <c r="E49" s="10">
         <v>359.98</v>
       </c>
-      <c r="E49" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F49" s="10">
-        <v>4.81</v>
+        <v>4.83</v>
       </c>
       <c r="G49" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B50" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D50" s="10">
+        <v>513</v>
+      </c>
+      <c r="E50" s="10">
         <v>376.05</v>
       </c>
-      <c r="E50" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F50" s="10">
-        <v>-52.27</v>
+        <v>-39.98</v>
       </c>
       <c r="G50" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B51" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D51" s="10">
+        <v>-1210.33</v>
+      </c>
+      <c r="E51" s="10">
         <v>-1197.01</v>
       </c>
-      <c r="E51" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F51" s="10">
-        <v>19.6</v>
+        <v>20.87</v>
       </c>
       <c r="G51" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B52" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D52" s="10">
+        <v>3864.77</v>
+      </c>
+      <c r="E52" s="10">
         <v>3867.91</v>
       </c>
-      <c r="E52" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F52" s="10">
-        <v>43.92</v>
+        <v>41.2</v>
       </c>
       <c r="G52" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B53" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D53" s="10">
+        <v>3457.68</v>
+      </c>
+      <c r="E53" s="10">
         <v>3476.21</v>
       </c>
-      <c r="E53" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="10">
-        <v>45.48</v>
+        <v>41.96</v>
       </c>
       <c r="G53" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B54" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D54" s="10">
         <v>1.61</v>
       </c>
       <c r="E54" s="10">
         <v>1.61</v>
       </c>
       <c r="F54" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G54" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B55" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D55" s="10">
+        <v>3456.08</v>
+      </c>
+      <c r="E55" s="10">
         <v>3474.6</v>
       </c>
-      <c r="E55" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="10">
-        <v>45.51</v>
+        <v>41.99</v>
       </c>
       <c r="G55" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B56" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D56" s="10">
+        <v>407.09</v>
+      </c>
+      <c r="E56" s="10">
         <v>391.7</v>
       </c>
-      <c r="E56" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F56" s="10">
-        <v>31.41</v>
+        <v>35.07</v>
       </c>
       <c r="G56" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B58" s="10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C58" s="10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D58" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E58" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F58" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G58" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
+        <v>71</v>
+      </c>
+      <c r="B59" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C59" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D59" s="10" t="s">
         <v>70</v>
       </c>
-      <c r="B59" s="10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E59" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F59" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G59" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B60" s="10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C60" s="10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D60" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E60" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F60" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G60" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B61" s="10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C61" s="10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D61" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E61" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F61" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G61" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B62" s="10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C62" s="10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D62" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E62" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F62" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G62" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B63" s="10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C63" s="10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D63" s="10" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>40</v>
+        <v>70</v>
+      </c>
+      <c r="E63" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F63" s="10">
+        <v>-60606160.61</v>
       </c>
       <c r="G63" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
+        <v>77</v>
+      </c>
+      <c r="B64" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C64" s="10" t="s">
         <v>76</v>
       </c>
-      <c r="B64" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D64" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E64" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F64" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G64" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B65" s="10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C65" s="10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D65" s="10">
-        <v>4.32</v>
+        <v>4.13</v>
       </c>
       <c r="E65" s="10">
-        <v>5.28</v>
+        <v>3.88</v>
       </c>
       <c r="F65" s="10">
         <v>-27.03</v>
       </c>
       <c r="G65" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B66" s="10"/>
       <c r="C66" s="10"/>
       <c r="D66" s="10"/>
       <c r="E66" s="10"/>
       <c r="F66" s="10"/>
       <c r="G66" s="10"/>
     </row>
     <row r="67" spans="1:7" customHeight="1" ht="20">
       <c r="A67" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D67" s="6"/>
       <c r="E67" s="6"/>
       <c r="F67" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G67" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="6"/>
       <c r="B68" s="6"/>
       <c r="C68" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D68" s="7" t="s">
         <v>8</v>
       </c>
       <c r="E68" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F68" s="7"/>
       <c r="G68" s="7"/>
     </row>
     <row r="69" spans="1:7" customHeight="1" ht="20">
       <c r="A69" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B69" s="8"/>
       <c r="C69" s="8"/>
       <c r="D69" s="8"/>
       <c r="E69" s="8"/>
       <c r="F69" s="8"/>
       <c r="G69" s="8"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B71" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D71" s="10">
         <v>218.94</v>
       </c>
       <c r="E71" s="10">
         <v>-389.03</v>
       </c>
       <c r="F71" s="10">
         <v>-8.57</v>
       </c>
       <c r="G71" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B72" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D72" s="10">
         <v>1532.67</v>
       </c>
       <c r="E72" s="10">
         <v>1506.22</v>
       </c>
       <c r="F72" s="10">
         <v>6.23</v>
       </c>
       <c r="G72" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B73" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D73" s="10">
         <v>4125.34</v>
       </c>
       <c r="E73" s="10">
         <v>3947.15</v>
       </c>
       <c r="F73" s="10">
         <v>9.78</v>
       </c>
       <c r="G73" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B74" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D74" s="10">
         <v>1765.29</v>
       </c>
       <c r="E74" s="10">
         <v>1358.08</v>
       </c>
       <c r="F74" s="10">
         <v>8.42</v>
       </c>
       <c r="G74" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B75" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D75" s="10">
         <v>917.19</v>
       </c>
       <c r="E75" s="10">
         <v>950.47</v>
       </c>
       <c r="F75" s="10">
         <v>26.83</v>
       </c>
       <c r="G75" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B76" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D76" s="10">
         <v>115.45</v>
       </c>
       <c r="E76" s="10">
         <v>116.64</v>
       </c>
       <c r="F76" s="10">
         <v>5.95</v>
       </c>
       <c r="G76" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B77" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D77" s="10">
         <v>740</v>
       </c>
       <c r="E77" s="10">
         <v>732.83</v>
       </c>
       <c r="F77" s="10">
         <v>21.09</v>
       </c>
       <c r="G77" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B78" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D78" s="10">
         <v>2658.65</v>
       </c>
       <c r="E78" s="10">
         <v>2347.75</v>
       </c>
       <c r="F78" s="10">
         <v>18.94</v>
       </c>
       <c r="G78" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B79" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D79" s="10">
         <v>70.6</v>
       </c>
       <c r="E79" s="10">
         <v>87.29</v>
       </c>
       <c r="F79" s="10">
         <v>-15.73</v>
       </c>
       <c r="G79" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B80" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D80" s="10">
         <v>46.98</v>
       </c>
       <c r="E80" s="10">
         <v>52.31</v>
       </c>
       <c r="F80" s="10">
         <v>-17.34</v>
       </c>
       <c r="G80" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B81" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D81" s="10">
         <v>2.8</v>
       </c>
       <c r="E81" s="10">
         <v>3.07</v>
       </c>
       <c r="F81" s="10">
         <v>-38.38</v>
       </c>
       <c r="G81" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B82" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D82" s="10">
         <v>-250.36</v>
       </c>
       <c r="E82" s="10">
         <v>-47.03</v>
       </c>
       <c r="F82" s="10">
         <v>192.06</v>
       </c>
       <c r="G82" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B83" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D83" s="10">
         <v>17.95</v>
       </c>
       <c r="E83" s="10">
         <v>182.21</v>
       </c>
       <c r="F83" s="10">
         <v>-89.05</v>
       </c>
       <c r="G83" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B84" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D84" s="10">
         <v>62.14</v>
       </c>
       <c r="E84" s="10">
         <v>498.8</v>
       </c>
       <c r="F84" s="10">
         <v>-53.58</v>
       </c>
       <c r="G84" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B85" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D85" s="10">
         <v>-9.49</v>
       </c>
       <c r="E85" s="10">
         <v>122.76</v>
       </c>
       <c r="F85" s="10">
         <v>-95.34</v>
       </c>
       <c r="G85" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B86" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D86" s="10">
         <v>-1.18</v>
       </c>
       <c r="E86" s="10">
         <v>-100.74</v>
       </c>
       <c r="F86" s="10">
         <v>-100.19</v>
       </c>
       <c r="G86" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B87" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D87" s="10">
         <v>-2.31</v>
       </c>
       <c r="E87" s="10">
         <v>-0.72</v>
       </c>
       <c r="F87" s="10">
         <v>-72.38</v>
       </c>
       <c r="G87" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B88" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D88" s="10">
         <v>-3.55</v>
       </c>
       <c r="E88" s="10">
         <v>-2.95</v>
       </c>
       <c r="F88" s="10">
         <v>163.73</v>
       </c>
       <c r="G88" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B89" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D89" s="10">
         <v>63.15</v>
       </c>
       <c r="E89" s="10">
         <v>-19.84</v>
       </c>
       <c r="F89" s="10">
         <v>-75.24</v>
       </c>
       <c r="G89" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B90" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D90" s="10">
         <v>583.39</v>
       </c>
       <c r="E90" s="10">
         <v>321.69</v>
       </c>
       <c r="F90" s="10">
         <v>-1353.16</v>
       </c>
       <c r="G90" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B91" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D91" s="10">
         <v>321.13</v>
       </c>
       <c r="E91" s="10">
         <v>385.36</v>
       </c>
       <c r="F91" s="10">
         <v>-25.16</v>
       </c>
       <c r="G91" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B92" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D92" s="10">
         <v>-513.48</v>
       </c>
       <c r="E92" s="10">
         <v>292.76</v>
       </c>
       <c r="F92" s="10">
         <v>36.03</v>
       </c>
       <c r="G92" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="9" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B94" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D94" s="10">
+        <v>4649.76</v>
+      </c>
+      <c r="E94" s="10">
         <v>4782.19</v>
       </c>
-      <c r="E94" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F94" s="10">
-        <v>59.16</v>
+        <v>56.19</v>
       </c>
       <c r="G94" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B95" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D95" s="10">
+        <v>5122.7</v>
+      </c>
+      <c r="E95" s="10">
         <v>5153.65</v>
       </c>
-      <c r="E95" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F95" s="10">
-        <v>58.06</v>
+        <v>55.98</v>
       </c>
       <c r="G95" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B96" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D96" s="10">
+        <v>4674.5</v>
+      </c>
+      <c r="E96" s="10">
         <v>4714.79</v>
       </c>
-      <c r="E96" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F96" s="10">
-        <v>60.93</v>
+        <v>58.35</v>
       </c>
       <c r="G96" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B97" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D97" s="10">
         <v>0</v>
       </c>
       <c r="E97" s="10">
         <v>0</v>
       </c>
       <c r="F97" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G97" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B98" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D98" s="10">
+        <v>213.59</v>
+      </c>
+      <c r="E98" s="10">
         <v>215.57</v>
       </c>
-      <c r="E98" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F98" s="10">
-        <v>0.95</v>
+        <v>1.88</v>
       </c>
       <c r="G98" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B99" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D99" s="10">
+        <v>233.09</v>
+      </c>
+      <c r="E99" s="10">
         <v>222.27</v>
       </c>
-      <c r="E99" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F99" s="10">
-        <v>91.62</v>
+        <v>93.29</v>
       </c>
       <c r="G99" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B100" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D100" s="10">
+        <v>1.52</v>
+      </c>
+      <c r="E100" s="10">
         <v>1.03</v>
       </c>
-      <c r="E100" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F100" s="10">
-        <v>-23.77</v>
+        <v>-21.55</v>
       </c>
       <c r="G100" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B101" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D101" s="10">
+        <v>472.94</v>
+      </c>
+      <c r="E101" s="10">
         <v>371.46</v>
       </c>
-      <c r="E101" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F101" s="10">
-        <v>45.04</v>
+        <v>53.94</v>
       </c>
       <c r="G101" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B102" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D102" s="10">
         <v>0</v>
       </c>
       <c r="E102" s="10">
         <v>0</v>
       </c>
       <c r="F102" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G102" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B103" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D103" s="10">
+        <v>4.3</v>
+      </c>
+      <c r="E103" s="10">
         <v>2.95</v>
       </c>
-      <c r="E103" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F103" s="10">
-        <v>-22.76</v>
+        <v>-20.94</v>
       </c>
       <c r="G103" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B104" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D104" s="10">
+        <v>468.64</v>
+      </c>
+      <c r="E104" s="10">
         <v>368.51</v>
       </c>
-      <c r="E104" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F104" s="10">
-        <v>46.07</v>
+        <v>55.29</v>
       </c>
       <c r="G104" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="12" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B105" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="10" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D105" s="10">
+        <v>5153.65</v>
+      </c>
+      <c r="E105" s="10">
         <v>4843.1</v>
       </c>
-      <c r="E105" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F105" s="10" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G105" s="11" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="9" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B107" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D107" s="10">
+        <v>-1029.43</v>
+      </c>
+      <c r="E107" s="10">
         <v>-961.73</v>
       </c>
-      <c r="E107" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F107" s="10">
-        <v>33.79</v>
+        <v>15.98</v>
       </c>
       <c r="G107" s="11" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B108" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D108" s="10">
+        <v>554.87</v>
+      </c>
+      <c r="E108" s="10">
         <v>536.67</v>
       </c>
-      <c r="E108" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F108" s="10">
-        <v>-0.75</v>
+        <v>-4.71</v>
       </c>
       <c r="G108" s="11" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B109" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D109" s="10">
+        <v>1584.3</v>
+      </c>
+      <c r="E109" s="10">
         <v>1498.41</v>
       </c>
-      <c r="E109" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F109" s="10">
-        <v>18.96</v>
+        <v>7.78</v>
       </c>
       <c r="G109" s="11" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="9" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B111" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D111" s="10">
         <v>-20773.85</v>
       </c>
       <c r="E111" s="10">
         <v>-20551.21</v>
       </c>
       <c r="F111" s="10">
         <v>10.03</v>
       </c>
       <c r="G111" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B112" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D112" s="10">
         <v>16653.46</v>
       </c>
       <c r="E112" s="10">
         <v>16205.25</v>
       </c>
       <c r="F112" s="10">
         <v>16.43</v>
       </c>
       <c r="G112" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B113" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D113" s="10">
         <v>5197.79</v>
       </c>
       <c r="E113" s="10">
         <v>5179.96</v>
       </c>
       <c r="F113" s="10">
         <v>5.79</v>
       </c>
       <c r="G113" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B114" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D114" s="10">
         <v>1462.99</v>
       </c>
       <c r="E114" s="10">
         <v>1357.15</v>
       </c>
       <c r="F114" s="10">
         <v>106.54</v>
       </c>
       <c r="G114" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B115" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D115" s="10">
         <v>0.95</v>
       </c>
       <c r="E115" s="10">
         <v>13.23</v>
       </c>
       <c r="F115" s="10">
         <v>-92.58</v>
       </c>
       <c r="G115" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B116" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D116" s="10">
         <v>5547.39</v>
       </c>
       <c r="E116" s="10">
         <v>5541.89</v>
       </c>
       <c r="F116" s="10">
         <v>4.16</v>
       </c>
       <c r="G116" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B117" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D117" s="10">
         <v>4444.32</v>
       </c>
       <c r="E117" s="10">
         <v>4113.02</v>
       </c>
       <c r="F117" s="10">
         <v>32.91</v>
       </c>
       <c r="G117" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B118" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D118" s="10">
         <v>37427.31</v>
       </c>
       <c r="E118" s="10">
         <v>36756.46</v>
       </c>
       <c r="F118" s="10">
         <v>12.79</v>
       </c>
       <c r="G118" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B119" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D119" s="10">
         <v>15180.23</v>
       </c>
       <c r="E119" s="10">
         <v>15117.68</v>
       </c>
       <c r="F119" s="10">
         <v>7.6</v>
       </c>
       <c r="G119" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B120" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D120" s="10">
         <v>6183.95</v>
       </c>
       <c r="E120" s="10">
         <v>6093.59</v>
       </c>
       <c r="F120" s="10">
         <v>39.58</v>
       </c>
       <c r="G120" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B121" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D121" s="10">
         <v>1.11</v>
       </c>
       <c r="E121" s="10">
         <v>5.84</v>
       </c>
       <c r="F121" s="10">
         <v>152.57</v>
       </c>
       <c r="G121" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B122" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D122" s="10">
         <v>16062.01</v>
       </c>
       <c r="E122" s="10">
         <v>15539.34</v>
       </c>
       <c r="F122" s="10">
         <v>9.68</v>
       </c>
       <c r="G122" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="9" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B124" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D124" s="10">
         <v>25296.54</v>
       </c>
       <c r="E124" s="10">
         <v>24890.78</v>
       </c>
       <c r="F124" s="10">
         <v>10.56</v>
       </c>
       <c r="G124" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B125" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D125" s="10">
         <v>13316.63</v>
       </c>
       <c r="E125" s="10">
         <v>12594.61</v>
       </c>
       <c r="F125" s="10">
         <v>14.89</v>
       </c>
       <c r="G125" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B126" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D126" s="10">
         <v>0</v>
       </c>
       <c r="E126" s="10">
         <v>0</v>
       </c>
       <c r="F126" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G126" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B127" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D127" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E127" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F127" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G127" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B128" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D128" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E128" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F128" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G128" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B129" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D129" s="10">
         <v>13316.63</v>
       </c>
       <c r="E129" s="10">
         <v>12594.61</v>
       </c>
       <c r="F129" s="10">
         <v>14.89</v>
       </c>
       <c r="G129" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B130" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D130" s="10">
         <v>6184.05</v>
       </c>
       <c r="E130" s="10">
         <v>6235.9</v>
       </c>
       <c r="F130" s="10">
         <v>9.8</v>
       </c>
       <c r="G130" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B131" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D131" s="10">
         <v>7132.58</v>
       </c>
       <c r="E131" s="10">
         <v>6358.7</v>
       </c>
       <c r="F131" s="10">
         <v>19.69</v>
       </c>
       <c r="G131" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B132" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D132" s="10">
         <v>815.04</v>
       </c>
       <c r="E132" s="10">
         <v>936.4</v>
       </c>
       <c r="F132" s="10">
         <v>3.94</v>
       </c>
       <c r="G132" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B133" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D133" s="10">
         <v>206.08</v>
       </c>
       <c r="E133" s="10">
         <v>346.92</v>
       </c>
       <c r="F133" s="10">
         <v>2.97</v>
       </c>
       <c r="G133" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B134" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D134" s="10">
         <v>1.12</v>
       </c>
       <c r="E134" s="10">
         <v>1.07</v>
       </c>
       <c r="F134" s="10">
         <v>10.11</v>
       </c>
       <c r="G134" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B135" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D135" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E135" s="10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F135" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G135" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B136" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D136" s="10">
         <v>204.97</v>
       </c>
       <c r="E136" s="10">
         <v>345.86</v>
       </c>
       <c r="F136" s="10">
         <v>2.94</v>
       </c>
       <c r="G136" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B137" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D137" s="10">
         <v>608.95</v>
       </c>
       <c r="E137" s="10">
         <v>589.48</v>
       </c>
       <c r="F137" s="10">
         <v>4.27</v>
       </c>
       <c r="G137" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B138" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D138" s="10">
         <v>603.29</v>
       </c>
       <c r="E138" s="10">
         <v>583.4</v>
       </c>
       <c r="F138" s="10">
         <v>4.46</v>
       </c>
       <c r="G138" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B139" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D139" s="10">
         <v>5.66</v>
       </c>
       <c r="E139" s="10">
         <v>6.08</v>
       </c>
       <c r="F139" s="10">
         <v>-12.94</v>
       </c>
       <c r="G139" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B140" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D140" s="10">
         <v>1815.18</v>
       </c>
       <c r="E140" s="10">
         <v>1948.73</v>
       </c>
       <c r="F140" s="10">
         <v>-6.91</v>
       </c>
       <c r="G140" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B141" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D141" s="10">
         <v>329.32</v>
       </c>
       <c r="E141" s="10">
         <v>301.01</v>
       </c>
       <c r="F141" s="10">
         <v>-47.81</v>
       </c>
       <c r="G141" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B142" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D142" s="10">
         <v>100.39</v>
       </c>
       <c r="E142" s="10">
         <v>94.6</v>
       </c>
       <c r="F142" s="10">
         <v>8.86</v>
       </c>
       <c r="G142" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B143" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D143" s="10">
         <v>228.93</v>
       </c>
       <c r="E143" s="10">
         <v>206.41</v>
       </c>
       <c r="F143" s="10">
         <v>-57.51</v>
       </c>
       <c r="G143" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B144" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D144" s="10">
         <v>1485.87</v>
       </c>
       <c r="E144" s="10">
         <v>1647.72</v>
       </c>
       <c r="F144" s="10">
         <v>12.67</v>
       </c>
       <c r="G144" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B145" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D145" s="10">
         <v>1475.05</v>
       </c>
       <c r="E145" s="10">
         <v>1635.76</v>
       </c>
       <c r="F145" s="10">
         <v>13.21</v>
       </c>
       <c r="G145" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B146" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D146" s="10">
         <v>6308.66</v>
       </c>
       <c r="E146" s="10">
         <v>6306.13</v>
       </c>
       <c r="F146" s="10">
         <v>5.74</v>
       </c>
       <c r="G146" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B147" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D147" s="10">
         <v>2126.3</v>
       </c>
       <c r="E147" s="10">
         <v>2019.69</v>
       </c>
       <c r="F147" s="10">
         <v>5.03</v>
       </c>
       <c r="G147" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B148" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D148" s="10">
         <v>665.59</v>
       </c>
       <c r="E148" s="10">
         <v>596.49</v>
       </c>
       <c r="F148" s="10">
         <v>-12.06</v>
       </c>
       <c r="G148" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B149" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D149" s="10">
         <v>1450.39</v>
       </c>
       <c r="E149" s="10">
         <v>1412.89</v>
       </c>
       <c r="F149" s="10">
         <v>15.6</v>
       </c>
       <c r="G149" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B150" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D150" s="10">
         <v>4182.37</v>
       </c>
       <c r="E150" s="10">
         <v>4286.44</v>
       </c>
       <c r="F150" s="10">
         <v>6.11</v>
       </c>
       <c r="G150" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B151" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D151" s="10">
         <v>0</v>
       </c>
       <c r="E151" s="10">
         <v>0</v>
       </c>
       <c r="F151" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G151" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B152" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D152" s="10">
         <v>3837.61</v>
       </c>
       <c r="E152" s="10">
         <v>3933.76</v>
       </c>
       <c r="F152" s="10">
         <v>7.64</v>
       </c>
       <c r="G152" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B153" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D153" s="10">
         <v>344.76</v>
       </c>
       <c r="E153" s="10">
         <v>352.68</v>
       </c>
       <c r="F153" s="10">
         <v>-8.42</v>
       </c>
       <c r="G153" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B154" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D154" s="10">
         <v>3041.02</v>
       </c>
       <c r="E154" s="10">
         <v>3104.91</v>
       </c>
       <c r="F154" s="10">
         <v>17.44</v>
       </c>
       <c r="G154" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B155" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D155" s="10">
         <v>1816.86</v>
       </c>
       <c r="E155" s="10">
         <v>1835.74</v>
       </c>
       <c r="F155" s="10">
         <v>15.83</v>
       </c>
       <c r="G155" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B156" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D156" s="10">
         <v>49.22</v>
       </c>
       <c r="E156" s="10">
         <v>49.22</v>
       </c>
       <c r="F156" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G156" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B157" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D157" s="10">
         <v>1174.94</v>
       </c>
       <c r="E157" s="10">
         <v>1219.95</v>
       </c>
       <c r="F157" s="10">
         <v>20.93</v>
       </c>
       <c r="G157" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="9" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B159" s="10" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C159" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D159" s="10">
         <v>8.75</v>
       </c>
       <c r="E159" s="10">
         <v>8.75</v>
       </c>
       <c r="F159" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G159" s="11" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="160" spans="1:7" customHeight="1" ht="20">
       <c r="A160" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C160" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D160" s="6"/>
       <c r="E160" s="6"/>
       <c r="F160" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G160" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" s="6"/>
       <c r="B161" s="6"/>
       <c r="C161" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D161" s="7" t="s">
         <v>8</v>
       </c>
       <c r="E161" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F161" s="7"/>
       <c r="G161" s="7"/>
     </row>
     <row r="162" spans="1:7" customHeight="1" ht="20">
       <c r="A162" s="8" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B162" s="8"/>
       <c r="C162" s="8"/>
       <c r="D162" s="8"/>
       <c r="E162" s="8"/>
       <c r="F162" s="8"/>
       <c r="G162" s="8"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" s="9"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B164" s="10" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C164" s="10">
         <v>2024</v>
       </c>
       <c r="D164" s="10">
         <v>6147.65</v>
       </c>
       <c r="E164" s="10">
         <v>6338.9</v>
       </c>
       <c r="F164" s="10">
         <v>-3.02</v>
       </c>
       <c r="G164" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="165" spans="1:7" customHeight="1" ht="150">
       <c r="A165" s="13" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B165" s="3"/>
       <c r="C165" s="3"/>
       <c r="D165" s="3"/>
       <c r="E165" s="3"/>
       <c r="F165" s="3"/>
       <c r="G165" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="A5:G5"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="F15:F16"/>
     <mergeCell ref="G15:G16"/>