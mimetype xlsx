--- v2 (2025-11-25)
+++ v3 (2025-12-29)
@@ -22,182 +22,182 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>National Summary Data Page- IMF</t>
   </si>
   <si>
     <t>The data shown in this page correspond to the data described on the International Monetary Fund´s Dissemination Standards Bulletin Board (DSBB). For a fuller explanation of the DSBB and the statistical standards to which El Salvador has committed, please click onDSBB home
 [Real Sector] [Fiscal Sector] [Financial Sector] [External Sector] [Population]
 Unless otherwise indicated, data are preliminary when first released
 Data are not seasonally adjusted, unless otherwise indicated.
 Data Template on International Reserves/Foreign Currency Liquidity
-(Last update until september 2025)</t>
+(Last update until november 2025)</t>
   </si>
   <si>
     <t>SDDS Data Category and Component</t>
   </si>
   <si>
     <t>Unit Description</t>
   </si>
   <si>
     <t>Observations [1/]</t>
   </si>
   <si>
     <t>% Change from same period of previous year</t>
   </si>
   <si>
     <t>Link to El Salvador´s Data</t>
   </si>
   <si>
     <t>Date of the Latest Data</t>
   </si>
   <si>
     <t>Latest Data</t>
   </si>
   <si>
     <t>Data for the previous period</t>
   </si>
   <si>
     <t>Real Sector</t>
   </si>
   <si>
     <t>National Accounts</t>
   </si>
   <si>
     <t>PIB Precios corrientes por sectores productivos</t>
   </si>
   <si>
     <t>Millions of US$</t>
   </si>
   <si>
+    <t>Q3/25</t>
+  </si>
+  <si>
+    <t>Data Base</t>
+  </si>
+  <si>
+    <t>GDP. Index 2/</t>
+  </si>
+  <si>
+    <t>Índex</t>
+  </si>
+  <si>
+    <t>Production Index</t>
+  </si>
+  <si>
+    <t>Oct/25</t>
+  </si>
+  <si>
+    <t>Employment 3/</t>
+  </si>
+  <si>
+    <t>Thousands of workers</t>
+  </si>
+  <si>
+    <t>Unemployment 3/</t>
+  </si>
+  <si>
+    <t>Wages/Earnings 3/</t>
+  </si>
+  <si>
+    <t>Monthly average earnings/ US$</t>
+  </si>
+  <si>
+    <t>Consumer Price Index (CPI)</t>
+  </si>
+  <si>
+    <t>General Index, December 2009=100</t>
+  </si>
+  <si>
+    <t>Nov/25</t>
+  </si>
+  <si>
+    <t>Producer Price Index (PPI)</t>
+  </si>
+  <si>
+    <t>Fiscal Sector</t>
+  </si>
+  <si>
+    <t>General Government or Public Sector Operations [4/] [5/]</t>
+  </si>
+  <si>
+    <t>Income and Donations</t>
+  </si>
+  <si>
+    <t>Expenses and Net Lending</t>
+  </si>
+  <si>
+    <t>Interests</t>
+  </si>
+  <si>
+    <t>Including Donations and Pensions</t>
+  </si>
+  <si>
+    <t>Central Government Operations</t>
+  </si>
+  <si>
+    <t>Total Revenues and Grants</t>
+  </si>
+  <si>
+    <t>Expenditures and Net Lending</t>
+  </si>
+  <si>
+    <t>Interest paymets</t>
+  </si>
+  <si>
+    <t>Balance, Deficit/Surplus</t>
+  </si>
+  <si>
+    <t>Central Government Debt</t>
+  </si>
+  <si>
+    <t>External Debt</t>
+  </si>
+  <si>
+    <t>Domestic Debt</t>
+  </si>
+  <si>
+    <t>Guaranteed Debt</t>
+  </si>
+  <si>
     <t>Q2/25</t>
   </si>
   <si>
-    <t>Data Base</t>
-[...88 lines deleted...]
-  <si>
     <t>Guaranteed</t>
   </si>
   <si>
     <t>-.-</t>
   </si>
   <si>
     <t>Monetary Sector</t>
   </si>
   <si>
     <t>Panorama de las Sociedades de Depósitos (PSD)</t>
   </si>
   <si>
     <t>Net Foreign Assets (NEA)</t>
   </si>
   <si>
     <t>Net domestic assets (NDA)</t>
   </si>
   <si>
     <t>Domestic total credit (net)</t>
   </si>
   <si>
     <t>Credit and Investment to the Private Sector</t>
   </si>
   <si>
     <t>Non-Financial Public Sector Credit (Net)</t>
@@ -247,51 +247,51 @@
   <si>
     <t>Percentages</t>
   </si>
   <si>
     <t>27 Dec 2013</t>
   </si>
   <si>
     <t>N.T.</t>
   </si>
   <si>
     <t>For 28 days</t>
   </si>
   <si>
     <t>For 91 days</t>
   </si>
   <si>
     <t>For 182 days</t>
   </si>
   <si>
     <t>For 364 days</t>
   </si>
   <si>
     <t>Weighted average rates on Treasury Bill issued in US dollars</t>
   </si>
   <si>
-    <t>14 Nov 2025</t>
+    <t>19 Dec 2025</t>
   </si>
   <si>
     <t>Interbank interest rate for loans between 1-7 days</t>
   </si>
   <si>
     <t>Repos interest rate for periods between 1-7 days</t>
   </si>
   <si>
     <t>Mercado de Valores [7] Stock Market</t>
   </si>
   <si>
     <t>External Sector</t>
   </si>
   <si>
     <t>Quarterly Balance of Payments</t>
   </si>
   <si>
     <t>Current Account</t>
   </si>
   <si>
     <t>Exports of goods</t>
   </si>
   <si>
     <t>Imports of goods</t>
   </si>
@@ -370,54 +370,54 @@
   <si>
     <t>SDR's Holding</t>
   </si>
   <si>
     <t>Gold</t>
   </si>
   <si>
     <t>Assets in transit and Interest earnings on Foreign Assets</t>
   </si>
   <si>
     <t>SHORT TERM EXTERNAL LIABILITIES</t>
   </si>
   <si>
     <t>Interest Payments to Non Residents</t>
   </si>
   <si>
     <t>Interest Payments on Foreighn Liabilities</t>
   </si>
   <si>
     <t>Other Short Term Liabilities</t>
   </si>
   <si>
     <t>International Reserves and Foreign Currency Liquidity</t>
   </si>
   <si>
-    <t>Septiembre/25</t>
-[...2 lines deleted...]
-    <t>58.1%</t>
+    <t>Noviembre/25</t>
+  </si>
+  <si>
+    <t>25.2%</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>International Merchandise Trade</t>
   </si>
   <si>
     <t>Trade Balance</t>
   </si>
   <si>
     <t>Exports (FOB)</t>
   </si>
   <si>
     <t>Imports (CIF)</t>
   </si>
   <si>
     <t>International Position Investment</t>
   </si>
   <si>
     <t>Net International Investment Position</t>
   </si>
   <si>
     <t>Assets</t>
   </si>
@@ -939,51 +939,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcr.gob.sv/documental/Inicio/busqueda/194" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/producto-interno-bruto-trimestral-pib-t-produccion-y-gasto-a-precios-corrientes-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/pib-t-produccion-y-gasto-indices-de-volumen-encadenados-serie-desestacionalizada-referencia-2014-indices-de-volumen-encadenado" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/indice-de-produccion-industrial-serie-desestacionalizada" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/empleo" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/desempleo" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/salarios-ingresos" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/indice-de-precios-al-consumidor-ipc" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/indice-de-precios-al-productor-ipp" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/sector-publico-no-financiero-serie-desde-enero-de-2023" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/sector-publico-no-financiero-serie-desde-enero-de-2023" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/sector-publico-no-financiero-serie-desde-enero-de-2023" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/sector-publico-no-financiero-serie-desde-enero-de-2023" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/gobierno-central-consolidado-mensual" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/gobierno-central-consolidado-mensual" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/gobierno-central-consolidado-mensual" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/gobierno-central-consolidado-mensual" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/deuda-del-gobierno-central-trimestral-serie-desde-enero-de-2023" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/deuda-del-gobierno-central-trimestral-serie-desde-enero-de-2023" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/deuda-del-gobierno-central-trimestral-serie-desde-enero-de-2023" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/deuda-del-gobierno-central-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/deuda-del-gobierno-central-trimestral-serie-desde-enero-de-2023" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/deuda-del-gobierno-central-trimestral-serie-desde-enero-de-2023" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-de-las-sociedades-de-depositos" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-de-las-sociedades-de-depositos" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-de-las-sociedades-de-depositos" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-de-las-sociedades-de-depositos" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-de-las-sociedades-de-depositos" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-de-las-sociedades-de-depositos" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-de-las-sociedades-de-depositos" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/14-titulos-valores-bcr-tasas-de-rendimiento-promedio-semanal-porcentaje-anual" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/14-titulos-valores-bcr-tasas-de-rendimiento-promedio-semanal-porcentaje-anual" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/14-titulos-valores-bcr-tasas-de-rendimiento-promedio-semanal-porcentaje-anual" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/14-titulos-valores-bcr-tasas-de-rendimiento-promedio-semanal-porcentaje-anual" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/14-titulos-valores-bcr-tasas-de-rendimiento-promedio-semanal-porcentaje-anual" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/tasa-promedio-ponderada-para-letras-del-tesoro-emitida-en-dolares" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/1-semanal-promedio-ponderado-metodologia-2022" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/1-semanal-promedio-ponderado-metodologia-2022" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="www.bcr.gob.sv/documental/Inicio/busqueda/194" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="estadisticas.bcr.gob.sv/serie/balanza-comercial" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="estadisticas.bcr.gob.sv/serie/balanza-comercial" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="estadisticas.bcr.gob.sv/serie/balanza-comercial" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/poblacion" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcr.gob.sv/documental/Inicio/busqueda/194" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/producto-interno-bruto-trimestral-pib-t-produccion-y-gasto-a-precios-corrientes-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/pib-t-produccion-y-gasto-indices-de-volumen-encadenados-serie-desestacionalizada-referencia-2014-indices-de-volumen-encadenado" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/indice-de-produccion-industrial-serie-desestacionalizada" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/empleo" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/desempleo" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/salarios-ingresos" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/indice-de-precios-al-consumidor-ipc" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/indice-de-precios-al-productor-ipp" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/sector-publico-no-financiero-serie-desde-enero-de-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/sector-publico-no-financiero-serie-desde-enero-de-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/sector-publico-no-financiero-serie-desde-enero-de-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/sector-publico-no-financiero-serie-desde-enero-de-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/gobierno-central-consolidado-mensual" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/gobierno-central-consolidado-mensual" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/gobierno-central-consolidado-mensual" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/gobierno-central-consolidado-mensual" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/deuda-del-gobierno-central-trimestral-serie-desde-enero-de-2023" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/deuda-del-gobierno-central-trimestral-serie-desde-enero-de-2023" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/deuda-del-gobierno-central-trimestral-serie-desde-enero-de-2023" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/deuda-del-gobierno-central-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/deuda-del-gobierno-central-trimestral-serie-desde-enero-de-2023" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/deuda-del-gobierno-central-trimestral-serie-desde-enero-de-2023" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-de-las-sociedades-de-depositos" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-de-las-sociedades-de-depositos" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-de-las-sociedades-de-depositos" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-de-las-sociedades-de-depositos" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-de-las-sociedades-de-depositos" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-de-las-sociedades-de-depositos" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-de-las-sociedades-de-depositos" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/panorama-del-banco-central" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/14-titulos-valores-bcr-tasas-de-rendimiento-promedio-semanal-porcentaje-anual" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/14-titulos-valores-bcr-tasas-de-rendimiento-promedio-semanal-porcentaje-anual" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/14-titulos-valores-bcr-tasas-de-rendimiento-promedio-semanal-porcentaje-anual" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/14-titulos-valores-bcr-tasas-de-rendimiento-promedio-semanal-porcentaje-anual" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/14-titulos-valores-bcr-tasas-de-rendimiento-promedio-semanal-porcentaje-anual" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/tasa-promedio-ponderada-para-letras-del-tesoro-emitida-en-dolares" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/1-semanal-promedio-ponderado-metodologia-2022" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/1-semanal-promedio-ponderado-metodologia-2022" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-8-a-balanza-de-pagos-trimestral" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/reservas-internacionales-netas-bcr" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="www.bcr.gob.sv/documental/Inicio/busqueda/194" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="estadisticas.bcr.gob.sv/serie/balanza-comercial" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="estadisticas.bcr.gob.sv/serie/balanza-comercial" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="estadisticas.bcr.gob.sv/serie/balanza-comercial" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-7a-posicion-de-inversion-internacional" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/ii-5-saldo-bruto-de-la-deuda-externa-total-en-millones-de-us" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticas.bcr.gob.sv/serie/poblacion" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G165"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="71.4111" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.5645" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.5669" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.5645" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.5645" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.5669" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.5669" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" customHeight="1" ht="30">
@@ -1047,103 +1047,103 @@
         <v>10</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="8"/>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="8"/>
       <c r="G5" s="8"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="10">
-        <v>9279.92</v>
+        <v>9194.6</v>
       </c>
       <c r="E7" s="10">
-        <v>8790.54</v>
+        <v>9298.29</v>
       </c>
       <c r="F7" s="10">
-        <v>4.74</v>
+        <v>6.94</v>
       </c>
       <c r="G7" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="10">
-        <v>131.41</v>
+        <v>132.07</v>
       </c>
       <c r="E8" s="10">
-        <v>129.05</v>
+        <v>131.52</v>
       </c>
       <c r="F8" s="10">
-        <v>4.1</v>
+        <v>5.1</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="10">
-        <v>108.34</v>
+        <v>107.27</v>
       </c>
       <c r="E9" s="10">
-        <v>107.8</v>
+        <v>107.49</v>
       </c>
       <c r="F9" s="10">
-        <v>5.25</v>
+        <v>0.75</v>
       </c>
       <c r="G9" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="10">
         <v>2024</v>
       </c>
       <c r="D10" s="10">
         <v>2881.08</v>
       </c>
       <c r="E10" s="10">
         <v>2932.68</v>
       </c>
       <c r="F10" s="10">
         <v>-1.76</v>
       </c>
       <c r="G10" s="11" t="s">
@@ -1185,80 +1185,80 @@
       </c>
       <c r="D12" s="10">
         <v>225.27</v>
       </c>
       <c r="E12" s="10">
         <v>223.32</v>
       </c>
       <c r="F12" s="10">
         <v>0.87</v>
       </c>
       <c r="G12" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="10">
+        <v>131.41</v>
+      </c>
+      <c r="E13" s="10">
         <v>131.26</v>
       </c>
-      <c r="E13" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="10">
-        <v>0.93</v>
+        <v>1.14</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D14" s="10">
+        <v>135.89</v>
+      </c>
+      <c r="E14" s="10">
         <v>135</v>
       </c>
-      <c r="E14" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="10">
-        <v>0.16</v>
+        <v>0.74</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="20">
       <c r="A15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:7">
@@ -1278,360 +1278,360 @@
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="20">
       <c r="A17" s="8" t="s">
         <v>29</v>
       </c>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>31</v>
       </c>
       <c r="B19" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D19" s="10">
-        <v>775.75</v>
+        <v>739.78</v>
       </c>
       <c r="E19" s="10">
-        <v>713.81</v>
+        <v>746.46</v>
       </c>
       <c r="F19" s="10">
-        <v>17.51</v>
+        <v>3.99</v>
       </c>
       <c r="G19" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D20" s="10">
-        <v>665.69</v>
+        <v>786.13</v>
       </c>
       <c r="E20" s="10">
-        <v>711.76</v>
+        <v>1191.39</v>
       </c>
       <c r="F20" s="10">
-        <v>-21.21</v>
+        <v>5.69</v>
       </c>
       <c r="G20" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>33</v>
       </c>
       <c r="B21" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D21" s="10">
-        <v>75.65</v>
+        <v>125.63</v>
       </c>
       <c r="E21" s="10">
-        <v>102.1</v>
+        <v>203.76</v>
       </c>
       <c r="F21" s="10">
-        <v>28.04</v>
+        <v>30.32</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>34</v>
       </c>
       <c r="B22" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D22" s="10">
-        <v>110.06</v>
+        <v>-46.34</v>
       </c>
       <c r="E22" s="10">
-        <v>2.04</v>
+        <v>-444.93</v>
       </c>
       <c r="F22" s="10">
-        <v>-159.59</v>
+        <v>43.04</v>
       </c>
       <c r="G22" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>36</v>
       </c>
       <c r="B24" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D24" s="10">
-        <v>666.29</v>
+        <v>639.26</v>
       </c>
       <c r="E24" s="10">
-        <v>635.01</v>
+        <v>649</v>
       </c>
       <c r="F24" s="10">
-        <v>22.45</v>
+        <v>8.52</v>
       </c>
       <c r="G24" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>37</v>
       </c>
       <c r="B25" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D25" s="10">
-        <v>618.13</v>
+        <v>698.27</v>
       </c>
       <c r="E25" s="10">
-        <v>615.59</v>
+        <v>1085.41</v>
       </c>
       <c r="F25" s="10">
-        <v>-14.61</v>
+        <v>7.97</v>
       </c>
       <c r="G25" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>38</v>
       </c>
       <c r="B26" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D26" s="10">
-        <v>70.47</v>
+        <v>120.18</v>
       </c>
       <c r="E26" s="10">
-        <v>91.6</v>
+        <v>196.13</v>
       </c>
       <c r="F26" s="10">
-        <v>46.4</v>
+        <v>43.44</v>
       </c>
       <c r="G26" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>39</v>
       </c>
       <c r="B27" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D27" s="10">
-        <v>48.17</v>
+        <v>-59.01</v>
       </c>
       <c r="E27" s="10">
-        <v>19.42</v>
+        <v>-436.41</v>
       </c>
       <c r="F27" s="10">
-        <v>-126.79</v>
+        <v>2.29</v>
       </c>
       <c r="G27" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>40</v>
       </c>
       <c r="B29" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="10" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D29" s="10">
         <v>31640.72</v>
       </c>
       <c r="E29" s="10">
         <v>31231.95</v>
       </c>
       <c r="F29" s="10">
         <v>7.34</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B30" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="10" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D30" s="10">
         <v>13887.09</v>
       </c>
       <c r="E30" s="10">
         <v>13316.63</v>
       </c>
       <c r="F30" s="10">
         <v>17.95</v>
       </c>
       <c r="G30" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B31" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="10" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D31" s="10">
         <v>17754.63</v>
       </c>
       <c r="E31" s="10">
         <v>17915.32</v>
       </c>
       <c r="F31" s="10">
         <v>0.29</v>
       </c>
       <c r="G31" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
+        <v>43</v>
+      </c>
+      <c r="B32" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C32" s="10" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D32" s="10">
         <v>110.08</v>
       </c>
       <c r="E32" s="10">
         <v>114.67</v>
       </c>
       <c r="F32" s="10">
         <v>-6.49</v>
       </c>
       <c r="G32" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B33" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="10" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D33" s="10">
         <v>110.08</v>
       </c>
       <c r="E33" s="10">
         <v>110.08</v>
       </c>
       <c r="F33" s="10">
         <v>-6.97</v>
       </c>
       <c r="G33" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>45</v>
       </c>
       <c r="B34" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="10" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D34" s="10">
         <v>0</v>
       </c>
       <c r="E34" s="10">
         <v>0</v>
       </c>
       <c r="F34" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G34" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:7" customHeight="1" ht="20">
       <c r="A35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D35" s="6"/>
@@ -1660,433 +1660,433 @@
     </row>
     <row r="37" spans="1:7" customHeight="1" ht="20">
       <c r="A37" s="8" t="s">
         <v>47</v>
       </c>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="9" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>49</v>
       </c>
       <c r="B39" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D39" s="10">
-        <v>4447.14</v>
+        <v>4218.59</v>
       </c>
       <c r="E39" s="10">
-        <v>3775.43</v>
+        <v>4296.97</v>
       </c>
       <c r="F39" s="10">
-        <v>175.66</v>
+        <v>71.79</v>
       </c>
       <c r="G39" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>50</v>
       </c>
       <c r="B40" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D40" s="10">
-        <v>18263.36</v>
+        <v>19155.2</v>
       </c>
       <c r="E40" s="10">
-        <v>18735.63</v>
+        <v>18874.27</v>
       </c>
       <c r="F40" s="10">
-        <v>-1.12</v>
+        <v>6.45</v>
       </c>
       <c r="G40" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>51</v>
       </c>
       <c r="B41" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D41" s="10">
-        <v>23335.18</v>
+        <v>24410.47</v>
       </c>
       <c r="E41" s="10">
-        <v>24034.66</v>
+        <v>24107.13</v>
       </c>
       <c r="F41" s="10">
-        <v>-0.26</v>
+        <v>6.5</v>
       </c>
       <c r="G41" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>52</v>
       </c>
       <c r="B42" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D42" s="10">
-        <v>20624.22</v>
+        <v>21214.01</v>
       </c>
       <c r="E42" s="10">
-        <v>20619.5</v>
+        <v>20900.06</v>
       </c>
       <c r="F42" s="10">
-        <v>6.4</v>
+        <v>8.1</v>
       </c>
       <c r="G42" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>53</v>
       </c>
       <c r="B43" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D43" s="10">
-        <v>2710.96</v>
+        <v>3196.47</v>
       </c>
       <c r="E43" s="10">
-        <v>3415.16</v>
+        <v>3207.07</v>
       </c>
       <c r="F43" s="10">
-        <v>-32.42</v>
+        <v>-3</v>
       </c>
       <c r="G43" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>54</v>
       </c>
       <c r="B44" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D44" s="10">
-        <v>-5071.82</v>
+        <v>-5255.27</v>
       </c>
       <c r="E44" s="10">
-        <v>-5299.03</v>
+        <v>-5232.86</v>
       </c>
       <c r="F44" s="10">
-        <v>3</v>
+        <v>6.71</v>
       </c>
       <c r="G44" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>55</v>
       </c>
       <c r="B45" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D45" s="10">
-        <v>22710.5</v>
+        <v>23373.79</v>
       </c>
       <c r="E45" s="10">
-        <v>22511.05</v>
+        <v>23171.24</v>
       </c>
       <c r="F45" s="10">
-        <v>13.08</v>
+        <v>14.29</v>
       </c>
       <c r="G45" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>57</v>
       </c>
       <c r="B47" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D47" s="10">
+        <v>-341.94</v>
+      </c>
+      <c r="E47" s="10">
         <v>-337.5</v>
       </c>
-      <c r="E47" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F47" s="10">
-        <v>-271.66</v>
+        <v>-41.32</v>
       </c>
       <c r="G47" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>58</v>
       </c>
       <c r="B48" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D48" s="10">
+        <v>897.64</v>
+      </c>
+      <c r="E48" s="10">
         <v>872.83</v>
       </c>
-      <c r="E48" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="10">
-        <v>-27.14</v>
+        <v>109.16</v>
       </c>
       <c r="G48" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>59</v>
       </c>
       <c r="B49" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D49" s="10">
+        <v>358.88</v>
+      </c>
+      <c r="E49" s="10">
         <v>359.83</v>
       </c>
-      <c r="E49" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F49" s="10">
-        <v>4.83</v>
+        <v>4.66</v>
       </c>
       <c r="G49" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>60</v>
       </c>
       <c r="B50" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D50" s="10">
+        <v>538.75</v>
+      </c>
+      <c r="E50" s="10">
         <v>513</v>
       </c>
-      <c r="E50" s="10">
-[...3 lines deleted...]
-        <v>-39.98</v>
+      <c r="F50" s="10" t="s">
+        <v>46</v>
       </c>
       <c r="G50" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D51" s="10">
+        <v>-1239.58</v>
+      </c>
+      <c r="E51" s="10">
         <v>-1210.33</v>
       </c>
-      <c r="E51" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F51" s="10">
-        <v>20.87</v>
+        <v>22.5</v>
       </c>
       <c r="G51" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>61</v>
       </c>
       <c r="B52" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D52" s="10">
+        <v>3729.35</v>
+      </c>
+      <c r="E52" s="10">
         <v>3864.77</v>
       </c>
-      <c r="E52" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F52" s="10">
-        <v>41.2</v>
+        <v>36.99</v>
       </c>
       <c r="G52" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>62</v>
       </c>
       <c r="B53" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D53" s="10">
+        <v>3312.62</v>
+      </c>
+      <c r="E53" s="10">
         <v>3457.68</v>
       </c>
-      <c r="E53" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="10">
-        <v>41.96</v>
+        <v>36.71</v>
       </c>
       <c r="G53" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>63</v>
       </c>
       <c r="B54" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D54" s="10">
         <v>1.61</v>
       </c>
       <c r="E54" s="10">
         <v>1.61</v>
       </c>
       <c r="F54" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G54" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>64</v>
       </c>
       <c r="B55" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D55" s="10">
+        <v>3311.01</v>
+      </c>
+      <c r="E55" s="10">
         <v>3456.08</v>
       </c>
-      <c r="E55" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="10">
-        <v>41.99</v>
+        <v>36.74</v>
       </c>
       <c r="G55" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>65</v>
       </c>
       <c r="B56" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D56" s="10">
+        <v>416.74</v>
+      </c>
+      <c r="E56" s="10">
         <v>407.09</v>
       </c>
-      <c r="E56" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F56" s="10">
-        <v>35.07</v>
+        <v>39.26</v>
       </c>
       <c r="G56" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="9" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>67</v>
       </c>
       <c r="B58" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C58" s="10" t="s">
         <v>69</v>
       </c>
       <c r="D58" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>70</v>
@@ -2225,57 +2225,57 @@
       </c>
       <c r="D64" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F64" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G64" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>78</v>
       </c>
       <c r="B65" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C65" s="10" t="s">
         <v>76</v>
       </c>
       <c r="D65" s="10">
-        <v>4.13</v>
+        <v>3.1</v>
       </c>
       <c r="E65" s="10">
-        <v>3.88</v>
+        <v>4.8</v>
       </c>
       <c r="F65" s="10">
-        <v>-27.03</v>
+        <v>-49.35</v>
       </c>
       <c r="G65" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="12" t="s">
         <v>79</v>
       </c>
       <c r="B66" s="10"/>
       <c r="C66" s="10"/>
       <c r="D66" s="10"/>
       <c r="E66" s="10"/>
       <c r="F66" s="10"/>
       <c r="G66" s="10"/>
     </row>
     <row r="67" spans="1:7" customHeight="1" ht="20">
       <c r="A67" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>4</v>
@@ -2309,1227 +2309,1227 @@
         <v>80</v>
       </c>
       <c r="B69" s="8"/>
       <c r="C69" s="8"/>
       <c r="D69" s="8"/>
       <c r="E69" s="8"/>
       <c r="F69" s="8"/>
       <c r="G69" s="8"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="9" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>82</v>
       </c>
       <c r="B71" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D71" s="10">
-        <v>218.94</v>
+        <v>-97.78</v>
       </c>
       <c r="E71" s="10">
-        <v>-389.03</v>
+        <v>94.14</v>
       </c>
       <c r="F71" s="10">
-        <v>-8.57</v>
+        <v>99.3</v>
       </c>
       <c r="G71" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>83</v>
       </c>
       <c r="B72" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D72" s="10">
+        <v>1491.42</v>
+      </c>
+      <c r="E72" s="10">
         <v>1532.67</v>
       </c>
-      <c r="E72" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F72" s="10">
-        <v>6.23</v>
+        <v>4.93</v>
       </c>
       <c r="G72" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>84</v>
       </c>
       <c r="B73" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D73" s="10">
+        <v>4277.05</v>
+      </c>
+      <c r="E73" s="10">
         <v>4125.34</v>
       </c>
-      <c r="E73" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F73" s="10">
-        <v>9.78</v>
+        <v>17.62</v>
       </c>
       <c r="G73" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>85</v>
       </c>
       <c r="B74" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D74" s="10">
+        <v>1539.89</v>
+      </c>
+      <c r="E74" s="10">
         <v>1765.29</v>
       </c>
-      <c r="E74" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F74" s="10">
-        <v>8.42</v>
+        <v>7.1</v>
       </c>
       <c r="G74" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>86</v>
       </c>
       <c r="B75" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D75" s="10">
+        <v>843.6</v>
+      </c>
+      <c r="E75" s="10">
         <v>917.19</v>
       </c>
-      <c r="E75" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F75" s="10">
-        <v>26.83</v>
+        <v>2.57</v>
       </c>
       <c r="G75" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>87</v>
       </c>
       <c r="B76" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D76" s="10">
-        <v>115.45</v>
+        <v>128.86</v>
       </c>
       <c r="E76" s="10">
-        <v>116.64</v>
+        <v>117.61</v>
       </c>
       <c r="F76" s="10">
-        <v>5.95</v>
+        <v>9.29</v>
       </c>
       <c r="G76" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>88</v>
       </c>
       <c r="B77" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D77" s="10">
-        <v>740</v>
+        <v>685.96</v>
       </c>
       <c r="E77" s="10">
-        <v>732.83</v>
+        <v>866.95</v>
       </c>
       <c r="F77" s="10">
-        <v>21.09</v>
+        <v>5.35</v>
       </c>
       <c r="G77" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>89</v>
       </c>
       <c r="B78" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D78" s="10">
+        <v>2626.14</v>
+      </c>
+      <c r="E78" s="10">
         <v>2658.65</v>
       </c>
-      <c r="E78" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F78" s="10">
-        <v>18.94</v>
+        <v>21.22</v>
       </c>
       <c r="G78" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>90</v>
       </c>
       <c r="B79" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D79" s="10">
+        <v>77.48</v>
+      </c>
+      <c r="E79" s="10">
         <v>70.6</v>
       </c>
-      <c r="E79" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F79" s="10">
-        <v>-15.73</v>
+        <v>-6.31</v>
       </c>
       <c r="G79" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>91</v>
       </c>
       <c r="B80" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D80" s="10">
+        <v>40.12</v>
+      </c>
+      <c r="E80" s="10">
         <v>46.98</v>
       </c>
-      <c r="E80" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F80" s="10">
-        <v>-17.34</v>
+        <v>-74.61</v>
       </c>
       <c r="G80" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>92</v>
       </c>
       <c r="B81" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D81" s="10">
+        <v>1.98</v>
+      </c>
+      <c r="E81" s="10">
         <v>2.8</v>
       </c>
-      <c r="E81" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F81" s="10">
-        <v>-38.38</v>
+        <v>-58.73</v>
       </c>
       <c r="G81" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>93</v>
       </c>
       <c r="B82" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D82" s="10">
-        <v>-250.36</v>
+        <v>704.51</v>
       </c>
       <c r="E82" s="10">
-        <v>-47.03</v>
+        <v>-198.45</v>
       </c>
       <c r="F82" s="10">
-        <v>192.06</v>
+        <v>-255.86</v>
       </c>
       <c r="G82" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>94</v>
       </c>
       <c r="B83" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D83" s="10">
-        <v>17.95</v>
+        <v>-3.08</v>
       </c>
       <c r="E83" s="10">
-        <v>182.21</v>
+        <v>18.9</v>
       </c>
       <c r="F83" s="10">
-        <v>-89.05</v>
+        <v>-102.01</v>
       </c>
       <c r="G83" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>95</v>
       </c>
       <c r="B84" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D84" s="10">
-        <v>62.14</v>
+        <v>-176.7</v>
       </c>
       <c r="E84" s="10">
-        <v>498.8</v>
+        <v>72.45</v>
       </c>
       <c r="F84" s="10">
-        <v>-53.58</v>
+        <v>-146.15</v>
       </c>
       <c r="G84" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>96</v>
       </c>
       <c r="B85" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D85" s="10">
+        <v>766.83</v>
+      </c>
+      <c r="E85" s="10">
         <v>-9.49</v>
       </c>
-      <c r="E85" s="10">
-[...3 lines deleted...]
-        <v>-95.34</v>
+      <c r="F85" s="10" t="s">
+        <v>46</v>
       </c>
       <c r="G85" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>97</v>
       </c>
       <c r="B86" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D86" s="10">
+        <v>578.82</v>
+      </c>
+      <c r="E86" s="10">
         <v>-1.18</v>
       </c>
-      <c r="E86" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F86" s="10">
-        <v>-100.19</v>
+        <v>-42640.98</v>
       </c>
       <c r="G86" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>98</v>
       </c>
       <c r="B87" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D87" s="10">
-        <v>-2.31</v>
+        <v>-1.8</v>
       </c>
       <c r="E87" s="10">
-        <v>-0.72</v>
+        <v>-3.14</v>
       </c>
       <c r="F87" s="10">
-        <v>-72.38</v>
+        <v>19.42</v>
       </c>
       <c r="G87" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>99</v>
       </c>
       <c r="B88" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D88" s="10">
-        <v>-3.55</v>
+        <v>-0.07</v>
       </c>
       <c r="E88" s="10">
-        <v>-2.95</v>
+        <v>-3.61</v>
       </c>
       <c r="F88" s="10">
-        <v>163.73</v>
+        <v>-17.65</v>
       </c>
       <c r="G88" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>100</v>
       </c>
       <c r="B89" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D89" s="10">
-        <v>63.15</v>
+        <v>23.32</v>
       </c>
       <c r="E89" s="10">
-        <v>-19.84</v>
+        <v>110.49</v>
       </c>
       <c r="F89" s="10">
-        <v>-75.24</v>
+        <v>-54.73</v>
       </c>
       <c r="G89" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>101</v>
       </c>
       <c r="B90" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D90" s="10">
-        <v>583.39</v>
+        <v>364.93</v>
       </c>
       <c r="E90" s="10">
-        <v>321.69</v>
+        <v>568.69</v>
       </c>
       <c r="F90" s="10">
-        <v>-1353.16</v>
+        <v>8.01</v>
       </c>
       <c r="G90" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>102</v>
       </c>
       <c r="B91" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D91" s="10">
+        <v>686.22</v>
+      </c>
+      <c r="E91" s="10">
         <v>321.13</v>
       </c>
-      <c r="E91" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F91" s="10">
-        <v>-25.16</v>
+        <v>-810.11</v>
       </c>
       <c r="G91" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>103</v>
       </c>
       <c r="B92" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D92" s="10">
-        <v>-513.48</v>
+        <v>764.15</v>
       </c>
       <c r="E92" s="10">
-        <v>292.76</v>
+        <v>-336.77</v>
       </c>
       <c r="F92" s="10">
-        <v>36.03</v>
+        <v>-237.38</v>
       </c>
       <c r="G92" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="9" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>105</v>
       </c>
       <c r="B94" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D94" s="10">
+        <v>4518.72</v>
+      </c>
+      <c r="E94" s="10">
         <v>4649.76</v>
       </c>
-      <c r="E94" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F94" s="10">
-        <v>56.19</v>
+        <v>21.03</v>
       </c>
       <c r="G94" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>106</v>
       </c>
       <c r="B95" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D95" s="10">
+        <v>5023.91</v>
+      </c>
+      <c r="E95" s="10">
         <v>5122.7</v>
       </c>
-      <c r="E95" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F95" s="10">
-        <v>55.98</v>
+        <v>25.17</v>
       </c>
       <c r="G95" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>107</v>
       </c>
       <c r="B96" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D96" s="10">
+        <v>4567.01</v>
+      </c>
+      <c r="E96" s="10">
         <v>4674.5</v>
       </c>
-      <c r="E96" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F96" s="10">
-        <v>58.35</v>
+        <v>24.03</v>
       </c>
       <c r="G96" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>108</v>
       </c>
       <c r="B97" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D97" s="10">
         <v>0</v>
       </c>
       <c r="E97" s="10">
         <v>0</v>
       </c>
       <c r="F97" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G97" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>109</v>
       </c>
       <c r="B98" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D98" s="10">
+        <v>212.9</v>
+      </c>
+      <c r="E98" s="10">
         <v>213.59</v>
       </c>
-      <c r="E98" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F98" s="10">
-        <v>1.88</v>
+        <v>0.5</v>
       </c>
       <c r="G98" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>110</v>
       </c>
       <c r="B99" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D99" s="10">
+        <v>243.52</v>
+      </c>
+      <c r="E99" s="10">
         <v>233.09</v>
       </c>
-      <c r="E99" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F99" s="10">
-        <v>93.29</v>
+        <v>108.27</v>
       </c>
       <c r="G99" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>111</v>
       </c>
       <c r="B100" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D100" s="10">
+        <v>0.48</v>
+      </c>
+      <c r="E100" s="10">
         <v>1.52</v>
       </c>
-      <c r="E100" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F100" s="10">
-        <v>-21.55</v>
+        <v>-80.84</v>
       </c>
       <c r="G100" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>112</v>
       </c>
       <c r="B101" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D101" s="10">
+        <v>505.19</v>
+      </c>
+      <c r="E101" s="10">
         <v>472.94</v>
       </c>
-      <c r="E101" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F101" s="10">
-        <v>53.94</v>
+        <v>80.5</v>
       </c>
       <c r="G101" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>113</v>
       </c>
       <c r="B102" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D102" s="10">
         <v>0</v>
       </c>
       <c r="E102" s="10">
         <v>0</v>
       </c>
       <c r="F102" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G102" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>114</v>
       </c>
       <c r="B103" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D103" s="10">
+        <v>1.36</v>
+      </c>
+      <c r="E103" s="10">
         <v>4.3</v>
       </c>
-      <c r="E103" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F103" s="10">
-        <v>-20.94</v>
+        <v>-80.45</v>
       </c>
       <c r="G103" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>115</v>
       </c>
       <c r="B104" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D104" s="10">
+        <v>503.83</v>
+      </c>
+      <c r="E104" s="10">
         <v>468.64</v>
       </c>
-      <c r="E104" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F104" s="10">
-        <v>55.29</v>
+        <v>84.61</v>
       </c>
       <c r="G104" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="12" t="s">
         <v>116</v>
       </c>
       <c r="B105" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="10" t="s">
         <v>117</v>
       </c>
       <c r="D105" s="10">
-        <v>5153.65</v>
+        <v>5023.91</v>
       </c>
       <c r="E105" s="10">
-        <v>4843.1</v>
+        <v>5122.7</v>
       </c>
       <c r="F105" s="10" t="s">
         <v>118</v>
       </c>
       <c r="G105" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="9" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>121</v>
       </c>
       <c r="B107" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D107" s="10">
+        <v>-989.86</v>
+      </c>
+      <c r="E107" s="10">
         <v>-1029.43</v>
       </c>
-      <c r="E107" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F107" s="10">
-        <v>15.98</v>
+        <v>18.21</v>
       </c>
       <c r="G107" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>122</v>
       </c>
       <c r="B108" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D108" s="10">
+        <v>524.74</v>
+      </c>
+      <c r="E108" s="10">
         <v>554.87</v>
       </c>
-      <c r="E108" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F108" s="10">
-        <v>-4.71</v>
+        <v>-5.53</v>
       </c>
       <c r="G108" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>123</v>
       </c>
       <c r="B109" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D109" s="10">
+        <v>1514.6</v>
+      </c>
+      <c r="E109" s="10">
         <v>1584.3</v>
       </c>
-      <c r="E109" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F109" s="10">
-        <v>7.78</v>
+        <v>8.75</v>
       </c>
       <c r="G109" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="9" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>125</v>
       </c>
       <c r="B111" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D111" s="10">
-        <v>-20773.85</v>
+        <v>-20370.7</v>
       </c>
       <c r="E111" s="10">
-        <v>-20551.21</v>
+        <v>-20846.97</v>
       </c>
       <c r="F111" s="10">
-        <v>10.03</v>
+        <v>1.61</v>
       </c>
       <c r="G111" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>126</v>
       </c>
       <c r="B112" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D112" s="10">
-        <v>16653.46</v>
+        <v>18345.06</v>
       </c>
       <c r="E112" s="10">
-        <v>16205.25</v>
+        <v>16787.18</v>
       </c>
       <c r="F112" s="10">
-        <v>16.43</v>
+        <v>25.18</v>
       </c>
       <c r="G112" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>127</v>
       </c>
       <c r="B113" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D113" s="10">
-        <v>5197.79</v>
+        <v>5230.06</v>
       </c>
       <c r="E113" s="10">
-        <v>5179.96</v>
+        <v>5212.1</v>
       </c>
       <c r="F113" s="10">
-        <v>5.79</v>
+        <v>3.24</v>
       </c>
       <c r="G113" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>128</v>
       </c>
       <c r="B114" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D114" s="10">
+        <v>2271.55</v>
+      </c>
+      <c r="E114" s="10">
         <v>1462.99</v>
       </c>
-      <c r="E114" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F114" s="10">
-        <v>106.54</v>
+        <v>142.08</v>
       </c>
       <c r="G114" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>129</v>
       </c>
       <c r="B115" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D115" s="10">
-        <v>0.95</v>
+        <v>8.92</v>
       </c>
       <c r="E115" s="10">
-        <v>13.23</v>
+        <v>10.19</v>
       </c>
       <c r="F115" s="10">
-        <v>-92.58</v>
+        <v>-3.19</v>
       </c>
       <c r="G115" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>130</v>
       </c>
       <c r="B116" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D116" s="10">
-        <v>5547.39</v>
+        <v>5680.88</v>
       </c>
       <c r="E116" s="10">
-        <v>5541.89</v>
+        <v>5657.56</v>
       </c>
       <c r="F116" s="10">
-        <v>4.16</v>
+        <v>5.59</v>
       </c>
       <c r="G116" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>106</v>
       </c>
       <c r="B117" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D117" s="10">
+        <v>5153.65</v>
+      </c>
+      <c r="E117" s="10">
         <v>4444.32</v>
       </c>
-      <c r="E117" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F117" s="10">
-        <v>32.91</v>
+        <v>58.06</v>
       </c>
       <c r="G117" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>131</v>
       </c>
       <c r="B118" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D118" s="10">
-        <v>37427.31</v>
+        <v>38715.76</v>
       </c>
       <c r="E118" s="10">
-        <v>36756.46</v>
+        <v>37634.14</v>
       </c>
       <c r="F118" s="10">
-        <v>12.79</v>
+        <v>11.57</v>
       </c>
       <c r="G118" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>127</v>
       </c>
       <c r="B119" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D119" s="10">
-        <v>15180.23</v>
+        <v>15307.99</v>
       </c>
       <c r="E119" s="10">
-        <v>15117.68</v>
+        <v>15422.96</v>
       </c>
       <c r="F119" s="10">
-        <v>7.6</v>
+        <v>5.62</v>
       </c>
       <c r="G119" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
         <v>128</v>
       </c>
       <c r="B120" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D120" s="10">
+        <v>6956.74</v>
+      </c>
+      <c r="E120" s="10">
         <v>6183.95</v>
       </c>
-      <c r="E120" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F120" s="10">
-        <v>39.58</v>
+        <v>35.44</v>
       </c>
       <c r="G120" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>129</v>
       </c>
       <c r="B121" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D121" s="10">
+        <v>1.71</v>
+      </c>
+      <c r="E121" s="10">
         <v>1.11</v>
       </c>
-      <c r="E121" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F121" s="10">
-        <v>152.57</v>
+        <v>-16.99</v>
       </c>
       <c r="G121" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>130</v>
       </c>
       <c r="B122" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D122" s="10">
-        <v>16062.01</v>
+        <v>16449.32</v>
       </c>
       <c r="E122" s="10">
-        <v>15539.34</v>
+        <v>16026.12</v>
       </c>
       <c r="F122" s="10">
-        <v>9.68</v>
+        <v>9.16</v>
       </c>
       <c r="G122" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="9" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>133</v>
       </c>
       <c r="B124" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D124" s="10">
-        <v>25296.54</v>
+        <v>26145.09</v>
       </c>
       <c r="E124" s="10">
-        <v>24890.78</v>
+        <v>25322.97</v>
       </c>
       <c r="F124" s="10">
-        <v>10.56</v>
+        <v>11.41</v>
       </c>
       <c r="G124" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
         <v>134</v>
       </c>
       <c r="B125" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D125" s="10">
+        <v>13886.09</v>
+      </c>
+      <c r="E125" s="10">
         <v>13316.63</v>
       </c>
-      <c r="E125" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F125" s="10">
-        <v>14.89</v>
+        <v>17.95</v>
       </c>
       <c r="G125" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>135</v>
       </c>
       <c r="B126" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D126" s="10">
         <v>0</v>
       </c>
       <c r="E126" s="10">
         <v>0</v>
       </c>
       <c r="F126" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G126" s="11" t="s">
@@ -3571,720 +3571,720 @@
       </c>
       <c r="D128" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E128" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F128" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G128" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>138</v>
       </c>
       <c r="B129" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D129" s="10">
+        <v>13886.09</v>
+      </c>
+      <c r="E129" s="10">
         <v>13316.63</v>
       </c>
-      <c r="E129" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F129" s="10">
-        <v>14.89</v>
+        <v>17.95</v>
       </c>
       <c r="G129" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>136</v>
       </c>
       <c r="B130" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D130" s="10">
+        <v>6193.27</v>
+      </c>
+      <c r="E130" s="10">
         <v>6184.05</v>
       </c>
-      <c r="E130" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F130" s="10">
-        <v>9.8</v>
+        <v>9.29</v>
       </c>
       <c r="G130" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>137</v>
       </c>
       <c r="B131" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D131" s="10">
+        <v>7692.82</v>
+      </c>
+      <c r="E131" s="10">
         <v>7132.58</v>
       </c>
-      <c r="E131" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F131" s="10">
-        <v>19.69</v>
+        <v>25.98</v>
       </c>
       <c r="G131" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>139</v>
       </c>
       <c r="B132" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D132" s="10">
+        <v>980.04</v>
+      </c>
+      <c r="E132" s="10">
         <v>815.04</v>
       </c>
-      <c r="E132" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F132" s="10">
-        <v>3.94</v>
+        <v>14.1</v>
       </c>
       <c r="G132" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
         <v>135</v>
       </c>
       <c r="B133" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D133" s="10">
+        <v>372.42</v>
+      </c>
+      <c r="E133" s="10">
         <v>206.08</v>
       </c>
-      <c r="E133" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F133" s="10">
-        <v>2.97</v>
+        <v>44.96</v>
       </c>
       <c r="G133" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>140</v>
       </c>
       <c r="B134" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D134" s="10">
         <v>1.12</v>
       </c>
       <c r="E134" s="10">
-        <v>1.07</v>
+        <v>1.12</v>
       </c>
       <c r="F134" s="10">
-        <v>10.11</v>
+        <v>10.1</v>
       </c>
       <c r="G134" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>137</v>
       </c>
       <c r="B135" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D135" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E135" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F135" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G135" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>141</v>
       </c>
       <c r="B136" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D136" s="10">
+        <v>371.3</v>
+      </c>
+      <c r="E136" s="10">
         <v>204.97</v>
       </c>
-      <c r="E136" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F136" s="10">
-        <v>2.94</v>
+        <v>45.1</v>
       </c>
       <c r="G136" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>138</v>
       </c>
       <c r="B137" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D137" s="10">
+        <v>607.62</v>
+      </c>
+      <c r="E137" s="10">
         <v>608.95</v>
       </c>
-      <c r="E137" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F137" s="10">
-        <v>4.27</v>
+        <v>0.92</v>
       </c>
       <c r="G137" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>142</v>
       </c>
       <c r="B138" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D138" s="10">
+        <v>601.96</v>
+      </c>
+      <c r="E138" s="10">
         <v>603.29</v>
       </c>
-      <c r="E138" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F138" s="10">
-        <v>4.46</v>
+        <v>1.08</v>
       </c>
       <c r="G138" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>137</v>
       </c>
       <c r="B139" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D139" s="10">
         <v>5.66</v>
       </c>
       <c r="E139" s="10">
-        <v>6.08</v>
+        <v>5.66</v>
       </c>
       <c r="F139" s="10">
         <v>-12.94</v>
       </c>
       <c r="G139" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>143</v>
       </c>
       <c r="B140" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D140" s="10">
-        <v>1815.18</v>
+        <v>1912.31</v>
       </c>
       <c r="E140" s="10">
-        <v>1948.73</v>
+        <v>1836.25</v>
       </c>
       <c r="F140" s="10">
-        <v>-6.91</v>
+        <v>-0.94</v>
       </c>
       <c r="G140" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>135</v>
       </c>
       <c r="B141" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D141" s="10">
+        <v>248.63</v>
+      </c>
+      <c r="E141" s="10">
         <v>329.32</v>
       </c>
-      <c r="E141" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F141" s="10">
-        <v>-47.81</v>
+        <v>-56.07</v>
       </c>
       <c r="G141" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>140</v>
       </c>
       <c r="B142" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D142" s="10">
+        <v>105.26</v>
+      </c>
+      <c r="E142" s="10">
         <v>100.39</v>
       </c>
-      <c r="E142" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F142" s="10">
-        <v>8.86</v>
+        <v>11.73</v>
       </c>
       <c r="G142" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>137</v>
       </c>
       <c r="B143" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D143" s="10">
+        <v>143.37</v>
+      </c>
+      <c r="E143" s="10">
         <v>228.93</v>
       </c>
-      <c r="E143" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F143" s="10">
-        <v>-57.51</v>
+        <v>-69.61</v>
       </c>
       <c r="G143" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>138</v>
       </c>
       <c r="B144" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D144" s="10">
-        <v>1485.87</v>
+        <v>1663.67</v>
       </c>
       <c r="E144" s="10">
-        <v>1647.72</v>
+        <v>1506.93</v>
       </c>
       <c r="F144" s="10">
-        <v>12.67</v>
+        <v>21.92</v>
       </c>
       <c r="G144" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>137</v>
       </c>
       <c r="B145" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D145" s="10">
-        <v>1475.05</v>
+        <v>1654.03</v>
       </c>
       <c r="E145" s="10">
-        <v>1635.76</v>
+        <v>1496.11</v>
       </c>
       <c r="F145" s="10">
-        <v>13.21</v>
+        <v>22.52</v>
       </c>
       <c r="G145" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>144</v>
       </c>
       <c r="B146" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D146" s="10">
-        <v>6308.66</v>
+        <v>6452.41</v>
       </c>
       <c r="E146" s="10">
-        <v>6306.13</v>
+        <v>6251.71</v>
       </c>
       <c r="F146" s="10">
-        <v>5.74</v>
+        <v>4.29</v>
       </c>
       <c r="G146" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>135</v>
       </c>
       <c r="B147" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D147" s="10">
-        <v>2126.3</v>
+        <v>2082.03</v>
       </c>
       <c r="E147" s="10">
-        <v>2019.69</v>
+        <v>2126.87</v>
       </c>
       <c r="F147" s="10">
-        <v>5.03</v>
+        <v>-1.47</v>
       </c>
       <c r="G147" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
         <v>137</v>
       </c>
       <c r="B148" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D148" s="10">
-        <v>665.59</v>
+        <v>681.57</v>
       </c>
       <c r="E148" s="10">
-        <v>596.49</v>
+        <v>666.26</v>
       </c>
       <c r="F148" s="10">
-        <v>-12.06</v>
+        <v>-10.4</v>
       </c>
       <c r="G148" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>145</v>
       </c>
       <c r="B149" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D149" s="10">
-        <v>1450.39</v>
+        <v>1390.07</v>
       </c>
       <c r="E149" s="10">
-        <v>1412.89</v>
+        <v>1450.3</v>
       </c>
       <c r="F149" s="10">
-        <v>15.6</v>
+        <v>3.58</v>
       </c>
       <c r="G149" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
         <v>138</v>
       </c>
       <c r="B150" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D150" s="10">
-        <v>4182.37</v>
+        <v>4370.38</v>
       </c>
       <c r="E150" s="10">
-        <v>4286.44</v>
+        <v>4124.84</v>
       </c>
       <c r="F150" s="10">
-        <v>6.11</v>
+        <v>7.28</v>
       </c>
       <c r="G150" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
         <v>136</v>
       </c>
       <c r="B151" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D151" s="10">
-        <v>0</v>
+        <v>580</v>
       </c>
       <c r="E151" s="10">
         <v>0</v>
       </c>
       <c r="F151" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G151" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>137</v>
       </c>
       <c r="B152" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D152" s="10">
-        <v>3837.61</v>
+        <v>3453.55</v>
       </c>
       <c r="E152" s="10">
-        <v>3933.76</v>
+        <v>3780.08</v>
       </c>
       <c r="F152" s="10">
-        <v>7.64</v>
+        <v>-6.79</v>
       </c>
       <c r="G152" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>145</v>
       </c>
       <c r="B153" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D153" s="10">
+        <v>336.83</v>
+      </c>
+      <c r="E153" s="10">
         <v>344.76</v>
       </c>
-      <c r="E153" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F153" s="10">
-        <v>-8.42</v>
+        <v>-8.6</v>
       </c>
       <c r="G153" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>146</v>
       </c>
       <c r="B154" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D154" s="10">
-        <v>3041.02</v>
+        <v>2914.24</v>
       </c>
       <c r="E154" s="10">
-        <v>3104.91</v>
+        <v>3103.35</v>
       </c>
       <c r="F154" s="10">
-        <v>17.44</v>
+        <v>7.22</v>
       </c>
       <c r="G154" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
         <v>147</v>
       </c>
       <c r="B155" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D155" s="10">
-        <v>1816.86</v>
+        <v>1652.89</v>
       </c>
       <c r="E155" s="10">
-        <v>1835.74</v>
+        <v>1822.31</v>
       </c>
       <c r="F155" s="10">
-        <v>15.83</v>
+        <v>-0.56</v>
       </c>
       <c r="G155" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
         <v>148</v>
       </c>
       <c r="B156" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D156" s="10">
         <v>49.22</v>
       </c>
       <c r="E156" s="10">
         <v>49.22</v>
       </c>
       <c r="F156" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G156" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
         <v>149</v>
       </c>
       <c r="B157" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D157" s="10">
-        <v>1174.94</v>
+        <v>1212.13</v>
       </c>
       <c r="E157" s="10">
-        <v>1219.95</v>
+        <v>1231.81</v>
       </c>
       <c r="F157" s="10">
-        <v>20.93</v>
+        <v>20.43</v>
       </c>
       <c r="G157" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="9" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>151</v>
       </c>
       <c r="B159" s="10" t="s">
         <v>152</v>
       </c>
       <c r="C159" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D159" s="10">
         <v>8.75</v>
       </c>
       <c r="E159" s="10">
         <v>8.75</v>
       </c>
       <c r="F159" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G159" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="160" spans="1:7" customHeight="1" ht="20">
       <c r="A160" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C160" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D160" s="6"/>