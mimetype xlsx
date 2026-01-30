--- v3 (2025-12-29)
+++ v4 (2026-01-30)
@@ -22,51 +22,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>National Summary Data Page- IMF</t>
   </si>
   <si>
     <t>The data shown in this page correspond to the data described on the International Monetary Fund´s Dissemination Standards Bulletin Board (DSBB). For a fuller explanation of the DSBB and the statistical standards to which El Salvador has committed, please click onDSBB home
 [Real Sector] [Fiscal Sector] [Financial Sector] [External Sector] [Population]
 Unless otherwise indicated, data are preliminary when first released
 Data are not seasonally adjusted, unless otherwise indicated.
 Data Template on International Reserves/Foreign Currency Liquidity
-(Last update until november 2025)</t>
+(Last update until december 2025)</t>
   </si>
   <si>
     <t>SDDS Data Category and Component</t>
   </si>
   <si>
     <t>Unit Description</t>
   </si>
   <si>
     <t>Observations [1/]</t>
   </si>
   <si>
     <t>% Change from same period of previous year</t>
   </si>
   <si>
     <t>Link to El Salvador´s Data</t>
   </si>
   <si>
     <t>Date of the Latest Data</t>
   </si>
   <si>
     <t>Latest Data</t>
   </si>
   <si>
     <t>Data for the previous period</t>
   </si>
@@ -76,126 +76,126 @@
   <si>
     <t>National Accounts</t>
   </si>
   <si>
     <t>PIB Precios corrientes por sectores productivos</t>
   </si>
   <si>
     <t>Millions of US$</t>
   </si>
   <si>
     <t>Q3/25</t>
   </si>
   <si>
     <t>Data Base</t>
   </si>
   <si>
     <t>GDP. Index 2/</t>
   </si>
   <si>
     <t>Índex</t>
   </si>
   <si>
     <t>Production Index</t>
   </si>
   <si>
-    <t>Oct/25</t>
+    <t>Nov/26</t>
   </si>
   <si>
     <t>Employment 3/</t>
   </si>
   <si>
     <t>Thousands of workers</t>
   </si>
   <si>
     <t>Unemployment 3/</t>
   </si>
   <si>
     <t>Wages/Earnings 3/</t>
   </si>
   <si>
     <t>Monthly average earnings/ US$</t>
   </si>
   <si>
     <t>Consumer Price Index (CPI)</t>
   </si>
   <si>
     <t>General Index, December 2009=100</t>
   </si>
   <si>
-    <t>Nov/25</t>
+    <t>Dec/26</t>
   </si>
   <si>
     <t>Producer Price Index (PPI)</t>
   </si>
   <si>
     <t>Fiscal Sector</t>
   </si>
   <si>
     <t>General Government or Public Sector Operations [4/] [5/]</t>
   </si>
   <si>
     <t>Income and Donations</t>
   </si>
   <si>
     <t>Expenses and Net Lending</t>
   </si>
   <si>
     <t>Interests</t>
   </si>
   <si>
     <t>Including Donations and Pensions</t>
   </si>
   <si>
     <t>Central Government Operations</t>
   </si>
   <si>
     <t>Total Revenues and Grants</t>
   </si>
   <si>
     <t>Expenditures and Net Lending</t>
   </si>
   <si>
     <t>Interest paymets</t>
   </si>
   <si>
     <t>Balance, Deficit/Surplus</t>
   </si>
   <si>
     <t>Central Government Debt</t>
   </si>
   <si>
     <t>External Debt</t>
   </si>
   <si>
     <t>Domestic Debt</t>
   </si>
   <si>
     <t>Guaranteed Debt</t>
   </si>
   <si>
-    <t>Q2/25</t>
+    <t>Q4/25</t>
   </si>
   <si>
     <t>Guaranteed</t>
   </si>
   <si>
     <t>-.-</t>
   </si>
   <si>
     <t>Monetary Sector</t>
   </si>
   <si>
     <t>Panorama de las Sociedades de Depósitos (PSD)</t>
   </si>
   <si>
     <t>Net Foreign Assets (NEA)</t>
   </si>
   <si>
     <t>Net domestic assets (NDA)</t>
   </si>
   <si>
     <t>Domestic total credit (net)</t>
   </si>
   <si>
     <t>Credit and Investment to the Private Sector</t>
   </si>
@@ -247,51 +247,51 @@
   <si>
     <t>Percentages</t>
   </si>
   <si>
     <t>27 Dec 2013</t>
   </si>
   <si>
     <t>N.T.</t>
   </si>
   <si>
     <t>For 28 days</t>
   </si>
   <si>
     <t>For 91 days</t>
   </si>
   <si>
     <t>For 182 days</t>
   </si>
   <si>
     <t>For 364 days</t>
   </si>
   <si>
     <t>Weighted average rates on Treasury Bill issued in US dollars</t>
   </si>
   <si>
-    <t>19 Dec 2025</t>
+    <t>23 Jan 2026</t>
   </si>
   <si>
     <t>Interbank interest rate for loans between 1-7 days</t>
   </si>
   <si>
     <t>Repos interest rate for periods between 1-7 days</t>
   </si>
   <si>
     <t>Mercado de Valores [7] Stock Market</t>
   </si>
   <si>
     <t>External Sector</t>
   </si>
   <si>
     <t>Quarterly Balance of Payments</t>
   </si>
   <si>
     <t>Current Account</t>
   </si>
   <si>
     <t>Exports of goods</t>
   </si>
   <si>
     <t>Imports of goods</t>
   </si>
@@ -370,54 +370,54 @@
   <si>
     <t>SDR's Holding</t>
   </si>
   <si>
     <t>Gold</t>
   </si>
   <si>
     <t>Assets in transit and Interest earnings on Foreign Assets</t>
   </si>
   <si>
     <t>SHORT TERM EXTERNAL LIABILITIES</t>
   </si>
   <si>
     <t>Interest Payments to Non Residents</t>
   </si>
   <si>
     <t>Interest Payments on Foreighn Liabilities</t>
   </si>
   <si>
     <t>Other Short Term Liabilities</t>
   </si>
   <si>
     <t>International Reserves and Foreign Currency Liquidity</t>
   </si>
   <si>
-    <t>Noviembre/25</t>
-[...2 lines deleted...]
-    <t>25.2%</t>
+    <t>Diciembre/25</t>
+  </si>
+  <si>
+    <t>29.9%</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>International Merchandise Trade</t>
   </si>
   <si>
     <t>Trade Balance</t>
   </si>
   <si>
     <t>Exports (FOB)</t>
   </si>
   <si>
     <t>Imports (CIF)</t>
   </si>
   <si>
     <t>International Position Investment</t>
   </si>
   <si>
     <t>Net International Investment Position</t>
   </si>
   <si>
     <t>Assets</t>
   </si>
@@ -1093,57 +1093,57 @@
       </c>
       <c r="D8" s="10">
         <v>132.07</v>
       </c>
       <c r="E8" s="10">
         <v>131.52</v>
       </c>
       <c r="F8" s="10">
         <v>5.1</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="10">
-        <v>107.27</v>
+        <v>108.06</v>
       </c>
       <c r="E9" s="10">
-        <v>107.49</v>
+        <v>107.64</v>
       </c>
       <c r="F9" s="10">
-        <v>0.75</v>
+        <v>3.36</v>
       </c>
       <c r="G9" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="10">
         <v>2024</v>
       </c>
       <c r="D10" s="10">
         <v>2881.08</v>
       </c>
       <c r="E10" s="10">
         <v>2932.68</v>
       </c>
       <c r="F10" s="10">
         <v>-1.76</v>
       </c>
       <c r="G10" s="11" t="s">
@@ -1185,80 +1185,80 @@
       </c>
       <c r="D12" s="10">
         <v>225.27</v>
       </c>
       <c r="E12" s="10">
         <v>223.32</v>
       </c>
       <c r="F12" s="10">
         <v>0.87</v>
       </c>
       <c r="G12" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="10">
+        <v>130.89</v>
+      </c>
+      <c r="E13" s="10">
         <v>131.41</v>
       </c>
-      <c r="E13" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="10">
-        <v>1.14</v>
+        <v>0.91</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D14" s="10">
+        <v>136.14</v>
+      </c>
+      <c r="E14" s="10">
         <v>135.89</v>
       </c>
-      <c r="E14" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="10">
-        <v>0.74</v>
+        <v>1.32</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="20">
       <c r="A15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:7">
@@ -1278,226 +1278,226 @@
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="20">
       <c r="A17" s="8" t="s">
         <v>29</v>
       </c>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>31</v>
       </c>
       <c r="B19" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D19" s="10">
         <v>739.78</v>
       </c>
       <c r="E19" s="10">
         <v>746.46</v>
       </c>
       <c r="F19" s="10">
         <v>3.99</v>
       </c>
       <c r="G19" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D20" s="10">
         <v>786.13</v>
       </c>
       <c r="E20" s="10">
         <v>1191.39</v>
       </c>
       <c r="F20" s="10">
         <v>5.69</v>
       </c>
       <c r="G20" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>33</v>
       </c>
       <c r="B21" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D21" s="10">
         <v>125.63</v>
       </c>
       <c r="E21" s="10">
         <v>203.76</v>
       </c>
       <c r="F21" s="10">
         <v>30.32</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>34</v>
       </c>
       <c r="B22" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D22" s="10">
         <v>-46.34</v>
       </c>
       <c r="E22" s="10">
         <v>-444.93</v>
       </c>
       <c r="F22" s="10">
         <v>43.04</v>
       </c>
       <c r="G22" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>36</v>
       </c>
       <c r="B24" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D24" s="10">
+        <v>675.44</v>
+      </c>
+      <c r="E24" s="10">
         <v>639.26</v>
       </c>
-      <c r="E24" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F24" s="10">
-        <v>8.52</v>
+        <v>15.18</v>
       </c>
       <c r="G24" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>37</v>
       </c>
       <c r="B25" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D25" s="10">
-        <v>698.27</v>
+        <v>759.26</v>
       </c>
       <c r="E25" s="10">
-        <v>1085.41</v>
+        <v>698.18</v>
       </c>
       <c r="F25" s="10">
-        <v>7.97</v>
+        <v>-27.83</v>
       </c>
       <c r="G25" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>38</v>
       </c>
       <c r="B26" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D26" s="10">
+        <v>96.04</v>
+      </c>
+      <c r="E26" s="10">
         <v>120.18</v>
       </c>
-      <c r="E26" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="10">
-        <v>43.44</v>
+        <v>1.69</v>
       </c>
       <c r="G26" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>39</v>
       </c>
       <c r="B27" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D27" s="10">
-        <v>-59.01</v>
+        <v>-83.82</v>
       </c>
       <c r="E27" s="10">
-        <v>-436.41</v>
+        <v>-58.92</v>
       </c>
       <c r="F27" s="10">
-        <v>2.29</v>
+        <v>-82</v>
       </c>
       <c r="G27" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>40</v>
       </c>
       <c r="B29" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="10">
         <v>31640.72</v>
       </c>
       <c r="E29" s="10">
         <v>31231.95</v>
@@ -1544,57 +1544,57 @@
       </c>
       <c r="D31" s="10">
         <v>17754.63</v>
       </c>
       <c r="E31" s="10">
         <v>17915.32</v>
       </c>
       <c r="F31" s="10">
         <v>0.29</v>
       </c>
       <c r="G31" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>43</v>
       </c>
       <c r="B32" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>44</v>
       </c>
       <c r="D32" s="10">
+        <v>111.06</v>
+      </c>
+      <c r="E32" s="10">
         <v>110.08</v>
       </c>
-      <c r="E32" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F32" s="10">
-        <v>-6.49</v>
+        <v>-3.08</v>
       </c>
       <c r="G32" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>43</v>
       </c>
       <c r="B33" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D33" s="10">
         <v>110.08</v>
       </c>
       <c r="E33" s="10">
         <v>110.08</v>
       </c>
       <c r="F33" s="10">
         <v>-6.97</v>
       </c>
       <c r="G33" s="11" t="s">
@@ -1663,430 +1663,430 @@
         <v>47</v>
       </c>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="9" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>49</v>
       </c>
       <c r="B39" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D39" s="10">
+        <v>4137.66</v>
+      </c>
+      <c r="E39" s="10">
         <v>4218.59</v>
       </c>
-      <c r="E39" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="10">
-        <v>71.79</v>
+        <v>74.89</v>
       </c>
       <c r="G39" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>50</v>
       </c>
       <c r="B40" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D40" s="10">
+        <v>19436.53</v>
+      </c>
+      <c r="E40" s="10">
         <v>19155.2</v>
       </c>
-      <c r="E40" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F40" s="10">
-        <v>6.45</v>
+        <v>5.38</v>
       </c>
       <c r="G40" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>51</v>
       </c>
       <c r="B41" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D41" s="10">
+        <v>24712.59</v>
+      </c>
+      <c r="E41" s="10">
         <v>24410.47</v>
       </c>
-      <c r="E41" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="10">
-        <v>6.5</v>
+        <v>5.6</v>
       </c>
       <c r="G41" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>52</v>
       </c>
       <c r="B42" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D42" s="10">
+        <v>21313.99</v>
+      </c>
+      <c r="E42" s="10">
         <v>21214.01</v>
       </c>
-      <c r="E42" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F42" s="10">
-        <v>8.1</v>
+        <v>8.36</v>
       </c>
       <c r="G42" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>53</v>
       </c>
       <c r="B43" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D43" s="10">
+        <v>3398.6</v>
+      </c>
+      <c r="E43" s="10">
         <v>3196.47</v>
       </c>
-      <c r="E43" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="10">
-        <v>-3</v>
+        <v>-8.93</v>
       </c>
       <c r="G43" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>54</v>
       </c>
       <c r="B44" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D44" s="10">
+        <v>-5276.06</v>
+      </c>
+      <c r="E44" s="10">
         <v>-5255.27</v>
       </c>
-      <c r="E44" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F44" s="10">
-        <v>6.71</v>
+        <v>6.42</v>
       </c>
       <c r="G44" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>55</v>
       </c>
       <c r="B45" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D45" s="10">
+        <v>23574.2</v>
+      </c>
+      <c r="E45" s="10">
         <v>23373.79</v>
       </c>
-      <c r="E45" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F45" s="10">
-        <v>14.29</v>
+        <v>13.28</v>
       </c>
       <c r="G45" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>57</v>
       </c>
       <c r="B47" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D47" s="10">
+        <v>-205.57</v>
+      </c>
+      <c r="E47" s="10">
         <v>-341.94</v>
       </c>
-      <c r="E47" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F47" s="10">
-        <v>-41.32</v>
+        <v>1.95</v>
       </c>
       <c r="G47" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>58</v>
       </c>
       <c r="B48" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D48" s="10">
+        <v>1047.69</v>
+      </c>
+      <c r="E48" s="10">
         <v>897.64</v>
       </c>
-      <c r="E48" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="10">
-        <v>109.16</v>
+        <v>26.5</v>
       </c>
       <c r="G48" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>59</v>
       </c>
       <c r="B49" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D49" s="10">
+        <v>359.33</v>
+      </c>
+      <c r="E49" s="10">
         <v>358.88</v>
       </c>
-      <c r="E49" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F49" s="10">
-        <v>4.66</v>
+        <v>4.38</v>
       </c>
       <c r="G49" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>60</v>
       </c>
       <c r="B50" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D50" s="10">
+        <v>688.36</v>
+      </c>
+      <c r="E50" s="10">
         <v>538.75</v>
       </c>
-      <c r="E50" s="10">
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="F50" s="10">
+        <v>42.22</v>
       </c>
       <c r="G50" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D51" s="10">
+        <v>-1253.26</v>
+      </c>
+      <c r="E51" s="10">
         <v>-1239.58</v>
       </c>
-      <c r="E51" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F51" s="10">
-        <v>22.5</v>
+        <v>21.69</v>
       </c>
       <c r="G51" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>61</v>
       </c>
       <c r="B52" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D52" s="10">
+        <v>3806.4</v>
+      </c>
+      <c r="E52" s="10">
         <v>3729.35</v>
       </c>
-      <c r="E52" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F52" s="10">
-        <v>36.99</v>
+        <v>33.23</v>
       </c>
       <c r="G52" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>62</v>
       </c>
       <c r="B53" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D53" s="10">
+        <v>3404.47</v>
+      </c>
+      <c r="E53" s="10">
         <v>3312.62</v>
       </c>
-      <c r="E53" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="10">
-        <v>36.71</v>
+        <v>33.2</v>
       </c>
       <c r="G53" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>63</v>
       </c>
       <c r="B54" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D54" s="10">
         <v>1.61</v>
       </c>
       <c r="E54" s="10">
         <v>1.61</v>
       </c>
       <c r="F54" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G54" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>64</v>
       </c>
       <c r="B55" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D55" s="10">
+        <v>3402.86</v>
+      </c>
+      <c r="E55" s="10">
         <v>3311.01</v>
       </c>
-      <c r="E55" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="10">
-        <v>36.74</v>
+        <v>33.22</v>
       </c>
       <c r="G55" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>65</v>
       </c>
       <c r="B56" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D56" s="10">
+        <v>401.93</v>
+      </c>
+      <c r="E56" s="10">
         <v>416.74</v>
       </c>
-      <c r="E56" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F56" s="10">
-        <v>39.26</v>
+        <v>33.47</v>
       </c>
       <c r="G56" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="9" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>67</v>
       </c>
       <c r="B58" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C58" s="10" t="s">
         <v>69</v>
       </c>
       <c r="D58" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>70</v>
@@ -2178,104 +2178,104 @@
         <v>69</v>
       </c>
       <c r="D62" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F62" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G62" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>75</v>
       </c>
       <c r="B63" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C63" s="10" t="s">
         <v>76</v>
       </c>
-      <c r="D63" s="10" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="D63" s="10">
+        <v>6.18</v>
+      </c>
+      <c r="E63" s="10">
+        <v>6.15</v>
       </c>
       <c r="F63" s="10">
-        <v>-60606160.61</v>
+        <v>-25.09</v>
       </c>
       <c r="G63" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>77</v>
       </c>
       <c r="B64" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C64" s="10" t="s">
         <v>76</v>
       </c>
       <c r="D64" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F64" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G64" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>78</v>
       </c>
       <c r="B65" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C65" s="10" t="s">
         <v>76</v>
       </c>
       <c r="D65" s="10">
-        <v>3.1</v>
+        <v>4.03</v>
       </c>
       <c r="E65" s="10">
-        <v>4.8</v>
+        <v>4.27</v>
       </c>
       <c r="F65" s="10">
-        <v>-49.35</v>
+        <v>-25.92</v>
       </c>
       <c r="G65" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="12" t="s">
         <v>79</v>
       </c>
       <c r="B66" s="10"/>
       <c r="C66" s="10"/>
       <c r="D66" s="10"/>
       <c r="E66" s="10"/>
       <c r="F66" s="10"/>
       <c r="G66" s="10"/>
     </row>
     <row r="67" spans="1:7" customHeight="1" ht="20">
       <c r="A67" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>4</v>
@@ -2820,384 +2820,384 @@
         <v>-336.77</v>
       </c>
       <c r="F92" s="10">
         <v>-237.38</v>
       </c>
       <c r="G92" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="9" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>105</v>
       </c>
       <c r="B94" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D94" s="10">
+        <v>4484.49</v>
+      </c>
+      <c r="E94" s="10">
         <v>4518.72</v>
       </c>
-      <c r="E94" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F94" s="10">
-        <v>21.03</v>
+        <v>28.76</v>
       </c>
       <c r="G94" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>106</v>
       </c>
       <c r="B95" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D95" s="10">
+        <v>4813.83</v>
+      </c>
+      <c r="E95" s="10">
         <v>5023.91</v>
       </c>
-      <c r="E95" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F95" s="10">
-        <v>25.17</v>
+        <v>29.89</v>
       </c>
       <c r="G95" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>107</v>
       </c>
       <c r="B96" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D96" s="10">
+        <v>4347.93</v>
+      </c>
+      <c r="E96" s="10">
         <v>4567.01</v>
       </c>
-      <c r="E96" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F96" s="10">
-        <v>24.03</v>
+        <v>28.53</v>
       </c>
       <c r="G96" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>108</v>
       </c>
       <c r="B97" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D97" s="10">
         <v>0</v>
       </c>
       <c r="E97" s="10">
         <v>0</v>
       </c>
       <c r="F97" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G97" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>109</v>
       </c>
       <c r="B98" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D98" s="10">
+        <v>214.61</v>
+      </c>
+      <c r="E98" s="10">
         <v>212.9</v>
       </c>
-      <c r="E98" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F98" s="10">
-        <v>0.5</v>
+        <v>3.74</v>
       </c>
       <c r="G98" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>110</v>
       </c>
       <c r="B99" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D99" s="10">
+        <v>250.31</v>
+      </c>
+      <c r="E99" s="10">
         <v>243.52</v>
       </c>
-      <c r="E99" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F99" s="10">
-        <v>108.27</v>
+        <v>117.37</v>
       </c>
       <c r="G99" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>111</v>
       </c>
       <c r="B100" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D100" s="10">
+        <v>0.98</v>
+      </c>
+      <c r="E100" s="10">
         <v>0.48</v>
       </c>
-      <c r="E100" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F100" s="10">
-        <v>-80.84</v>
+        <v>-14.69</v>
       </c>
       <c r="G100" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>112</v>
       </c>
       <c r="B101" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D101" s="10">
+        <v>329.34</v>
+      </c>
+      <c r="E101" s="10">
         <v>505.19</v>
       </c>
-      <c r="E101" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F101" s="10">
-        <v>80.5</v>
+        <v>47.62</v>
       </c>
       <c r="G101" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>113</v>
       </c>
       <c r="B102" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D102" s="10">
         <v>0</v>
       </c>
       <c r="E102" s="10">
         <v>0</v>
       </c>
       <c r="F102" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G102" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>114</v>
       </c>
       <c r="B103" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D103" s="10">
+        <v>2.76</v>
+      </c>
+      <c r="E103" s="10">
         <v>1.36</v>
       </c>
-      <c r="E103" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F103" s="10">
-        <v>-80.45</v>
+        <v>-13.97</v>
       </c>
       <c r="G103" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>115</v>
       </c>
       <c r="B104" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D104" s="10">
+        <v>326.58</v>
+      </c>
+      <c r="E104" s="10">
         <v>503.83</v>
       </c>
-      <c r="E104" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F104" s="10">
-        <v>84.61</v>
+        <v>48.52</v>
       </c>
       <c r="G104" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="12" t="s">
         <v>116</v>
       </c>
       <c r="B105" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="10" t="s">
         <v>117</v>
       </c>
       <c r="D105" s="10">
+        <v>4813.83</v>
+      </c>
+      <c r="E105" s="10">
         <v>5023.91</v>
-      </c>
-[...1 lines deleted...]
-        <v>5122.7</v>
       </c>
       <c r="F105" s="10" t="s">
         <v>118</v>
       </c>
       <c r="G105" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="9" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>121</v>
       </c>
       <c r="B107" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D107" s="10">
-        <v>-989.86</v>
+        <v>-1110.89</v>
       </c>
       <c r="E107" s="10">
-        <v>-1029.43</v>
+        <v>-1004.74</v>
       </c>
       <c r="F107" s="10">
-        <v>18.21</v>
+        <v>17.47</v>
       </c>
       <c r="G107" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>122</v>
       </c>
       <c r="B108" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D108" s="10">
-        <v>524.74</v>
+        <v>465.77</v>
       </c>
       <c r="E108" s="10">
-        <v>554.87</v>
+        <v>510.75</v>
       </c>
       <c r="F108" s="10">
-        <v>-5.53</v>
+        <v>8.33</v>
       </c>
       <c r="G108" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>123</v>
       </c>
       <c r="B109" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D109" s="10">
-        <v>1514.6</v>
+        <v>1576.66</v>
       </c>
       <c r="E109" s="10">
-        <v>1584.3</v>
+        <v>1515.49</v>
       </c>
       <c r="F109" s="10">
-        <v>8.75</v>
+        <v>14.62</v>
       </c>
       <c r="G109" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="9" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>125</v>
       </c>
       <c r="B111" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D111" s="10">
         <v>-20370.7</v>
       </c>
       <c r="E111" s="10">
         <v>-20846.97</v>