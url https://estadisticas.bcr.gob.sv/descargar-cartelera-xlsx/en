--- v4 (2026-01-30)
+++ v5 (2026-02-20)
@@ -76,75 +76,75 @@
   <si>
     <t>National Accounts</t>
   </si>
   <si>
     <t>PIB Precios corrientes por sectores productivos</t>
   </si>
   <si>
     <t>Millions of US$</t>
   </si>
   <si>
     <t>Q3/25</t>
   </si>
   <si>
     <t>Data Base</t>
   </si>
   <si>
     <t>GDP. Index 2/</t>
   </si>
   <si>
     <t>Índex</t>
   </si>
   <si>
     <t>Production Index</t>
   </si>
   <si>
-    <t>Nov/26</t>
+    <t>Dec/26</t>
   </si>
   <si>
     <t>Employment 3/</t>
   </si>
   <si>
     <t>Thousands of workers</t>
   </si>
   <si>
     <t>Unemployment 3/</t>
   </si>
   <si>
     <t>Wages/Earnings 3/</t>
   </si>
   <si>
     <t>Monthly average earnings/ US$</t>
   </si>
   <si>
     <t>Consumer Price Index (CPI)</t>
   </si>
   <si>
     <t>General Index, December 2009=100</t>
   </si>
   <si>
-    <t>Dec/26</t>
+    <t>Jan/26</t>
   </si>
   <si>
     <t>Producer Price Index (PPI)</t>
   </si>
   <si>
     <t>Fiscal Sector</t>
   </si>
   <si>
     <t>General Government or Public Sector Operations [4/] [5/]</t>
   </si>
   <si>
     <t>Income and Donations</t>
   </si>
   <si>
     <t>Expenses and Net Lending</t>
   </si>
   <si>
     <t>Interests</t>
   </si>
   <si>
     <t>Including Donations and Pensions</t>
   </si>
   <si>
     <t>Central Government Operations</t>
   </si>
@@ -247,51 +247,51 @@
   <si>
     <t>Percentages</t>
   </si>
   <si>
     <t>27 Dec 2013</t>
   </si>
   <si>
     <t>N.T.</t>
   </si>
   <si>
     <t>For 28 days</t>
   </si>
   <si>
     <t>For 91 days</t>
   </si>
   <si>
     <t>For 182 days</t>
   </si>
   <si>
     <t>For 364 days</t>
   </si>
   <si>
     <t>Weighted average rates on Treasury Bill issued in US dollars</t>
   </si>
   <si>
-    <t>23 Jan 2026</t>
+    <t>13 Feb 2026</t>
   </si>
   <si>
     <t>Interbank interest rate for loans between 1-7 days</t>
   </si>
   <si>
     <t>Repos interest rate for periods between 1-7 days</t>
   </si>
   <si>
     <t>Mercado de Valores [7] Stock Market</t>
   </si>
   <si>
     <t>External Sector</t>
   </si>
   <si>
     <t>Quarterly Balance of Payments</t>
   </si>
   <si>
     <t>Current Account</t>
   </si>
   <si>
     <t>Exports of goods</t>
   </si>
   <si>
     <t>Imports of goods</t>
   </si>
@@ -1093,57 +1093,57 @@
       </c>
       <c r="D8" s="10">
         <v>132.07</v>
       </c>
       <c r="E8" s="10">
         <v>131.52</v>
       </c>
       <c r="F8" s="10">
         <v>5.1</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="10">
-        <v>108.06</v>
+        <v>108.41</v>
       </c>
       <c r="E9" s="10">
-        <v>107.64</v>
+        <v>107</v>
       </c>
       <c r="F9" s="10">
-        <v>3.36</v>
+        <v>2.37</v>
       </c>
       <c r="G9" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="10">
         <v>2024</v>
       </c>
       <c r="D10" s="10">
         <v>2881.08</v>
       </c>
       <c r="E10" s="10">
         <v>2932.68</v>
       </c>
       <c r="F10" s="10">
         <v>-1.76</v>
       </c>
       <c r="G10" s="11" t="s">
@@ -1185,80 +1185,80 @@
       </c>
       <c r="D12" s="10">
         <v>225.27</v>
       </c>
       <c r="E12" s="10">
         <v>223.32</v>
       </c>
       <c r="F12" s="10">
         <v>0.87</v>
       </c>
       <c r="G12" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="10">
+        <v>131</v>
+      </c>
+      <c r="E13" s="10">
         <v>130.89</v>
       </c>
-      <c r="E13" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="10">
-        <v>0.91</v>
+        <v>0.65</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D14" s="10">
+        <v>136.52</v>
+      </c>
+      <c r="E14" s="10">
         <v>136.14</v>
       </c>
-      <c r="E14" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="10">
-        <v>1.32</v>
+        <v>1.18</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="20">
       <c r="A15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:7">
@@ -1281,214 +1281,214 @@
         <v>29</v>
       </c>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>31</v>
       </c>
       <c r="B19" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D19" s="10">
-        <v>739.78</v>
+        <v>935.32</v>
       </c>
       <c r="E19" s="10">
-        <v>746.46</v>
+        <v>739.4</v>
       </c>
       <c r="F19" s="10">
-        <v>3.99</v>
+        <v>17.57</v>
       </c>
       <c r="G19" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D20" s="10">
-        <v>786.13</v>
+        <v>926.56</v>
       </c>
       <c r="E20" s="10">
-        <v>1191.39</v>
+        <v>786.15</v>
       </c>
       <c r="F20" s="10">
-        <v>5.69</v>
+        <v>-32.18</v>
       </c>
       <c r="G20" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>33</v>
       </c>
       <c r="B21" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D21" s="10">
-        <v>125.63</v>
+        <v>117.17</v>
       </c>
       <c r="E21" s="10">
-        <v>203.76</v>
+        <v>125.8</v>
       </c>
       <c r="F21" s="10">
-        <v>30.32</v>
+        <v>10.64</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>34</v>
       </c>
       <c r="B22" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D22" s="10">
-        <v>-46.34</v>
+        <v>8.76</v>
       </c>
       <c r="E22" s="10">
-        <v>-444.93</v>
+        <v>-46.75</v>
       </c>
       <c r="F22" s="10">
-        <v>43.04</v>
+        <v>-101.54</v>
       </c>
       <c r="G22" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>36</v>
       </c>
       <c r="B24" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D24" s="10">
         <v>675.44</v>
       </c>
       <c r="E24" s="10">
         <v>639.26</v>
       </c>
       <c r="F24" s="10">
         <v>15.18</v>
       </c>
       <c r="G24" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>37</v>
       </c>
       <c r="B25" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D25" s="10">
         <v>759.26</v>
       </c>
       <c r="E25" s="10">
         <v>698.18</v>
       </c>
       <c r="F25" s="10">
         <v>-27.83</v>
       </c>
       <c r="G25" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>38</v>
       </c>
       <c r="B26" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D26" s="10">
         <v>96.04</v>
       </c>
       <c r="E26" s="10">
         <v>120.18</v>
       </c>
       <c r="F26" s="10">
         <v>1.69</v>
       </c>
       <c r="G26" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>39</v>
       </c>
       <c r="B27" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D27" s="10">
         <v>-83.82</v>
       </c>
       <c r="E27" s="10">
         <v>-58.92</v>
       </c>
       <c r="F27" s="10">
         <v>-82</v>
       </c>
       <c r="G27" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>40</v>
       </c>
       <c r="B29" s="10" t="s">
         <v>13</v>
@@ -1660,433 +1660,433 @@
     </row>
     <row r="37" spans="1:7" customHeight="1" ht="20">
       <c r="A37" s="8" t="s">
         <v>47</v>
       </c>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="9" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>49</v>
       </c>
       <c r="B39" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D39" s="10">
         <v>4137.66</v>
       </c>
       <c r="E39" s="10">
         <v>4218.59</v>
       </c>
       <c r="F39" s="10">
         <v>74.89</v>
       </c>
       <c r="G39" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>50</v>
       </c>
       <c r="B40" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D40" s="10">
         <v>19436.53</v>
       </c>
       <c r="E40" s="10">
         <v>19155.2</v>
       </c>
       <c r="F40" s="10">
         <v>5.38</v>
       </c>
       <c r="G40" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>51</v>
       </c>
       <c r="B41" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D41" s="10">
         <v>24712.59</v>
       </c>
       <c r="E41" s="10">
         <v>24410.47</v>
       </c>
       <c r="F41" s="10">
         <v>5.6</v>
       </c>
       <c r="G41" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>52</v>
       </c>
       <c r="B42" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D42" s="10">
         <v>21313.99</v>
       </c>
       <c r="E42" s="10">
         <v>21214.01</v>
       </c>
       <c r="F42" s="10">
         <v>8.36</v>
       </c>
       <c r="G42" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>53</v>
       </c>
       <c r="B43" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D43" s="10">
         <v>3398.6</v>
       </c>
       <c r="E43" s="10">
         <v>3196.47</v>
       </c>
       <c r="F43" s="10">
         <v>-8.93</v>
       </c>
       <c r="G43" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>54</v>
       </c>
       <c r="B44" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D44" s="10">
         <v>-5276.06</v>
       </c>
       <c r="E44" s="10">
         <v>-5255.27</v>
       </c>
       <c r="F44" s="10">
         <v>6.42</v>
       </c>
       <c r="G44" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>55</v>
       </c>
       <c r="B45" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D45" s="10">
         <v>23574.2</v>
       </c>
       <c r="E45" s="10">
         <v>23373.79</v>
       </c>
       <c r="F45" s="10">
         <v>13.28</v>
       </c>
       <c r="G45" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>57</v>
       </c>
       <c r="B47" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D47" s="10">
+        <v>-319.21</v>
+      </c>
+      <c r="E47" s="10">
         <v>-205.57</v>
       </c>
-      <c r="E47" s="10">
-[...3 lines deleted...]
-        <v>1.95</v>
+      <c r="F47" s="10" t="s">
+        <v>46</v>
       </c>
       <c r="G47" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>58</v>
       </c>
       <c r="B48" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D48" s="10">
+        <v>989.13</v>
+      </c>
+      <c r="E48" s="10">
         <v>1047.69</v>
       </c>
-      <c r="E48" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="10">
-        <v>26.5</v>
+        <v>2.33</v>
       </c>
       <c r="G48" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>59</v>
       </c>
       <c r="B49" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D49" s="10">
+        <v>359.22</v>
+      </c>
+      <c r="E49" s="10">
         <v>359.33</v>
       </c>
-      <c r="E49" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F49" s="10">
-        <v>4.38</v>
+        <v>4.4</v>
       </c>
       <c r="G49" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>60</v>
       </c>
       <c r="B50" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D50" s="10">
+        <v>629.91</v>
+      </c>
+      <c r="E50" s="10">
         <v>688.36</v>
       </c>
-      <c r="E50" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F50" s="10">
-        <v>42.22</v>
+        <v>1.19</v>
       </c>
       <c r="G50" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D51" s="10">
+        <v>-1308.35</v>
+      </c>
+      <c r="E51" s="10">
         <v>-1253.26</v>
       </c>
-      <c r="E51" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F51" s="10">
-        <v>21.69</v>
+        <v>23.47</v>
       </c>
       <c r="G51" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>61</v>
       </c>
       <c r="B52" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D52" s="10">
+        <v>3705.25</v>
+      </c>
+      <c r="E52" s="10">
         <v>3806.4</v>
       </c>
-      <c r="E52" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F52" s="10">
-        <v>33.23</v>
+        <v>27.02</v>
       </c>
       <c r="G52" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>62</v>
       </c>
       <c r="B53" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D53" s="10">
+        <v>3327.63</v>
+      </c>
+      <c r="E53" s="10">
         <v>3404.47</v>
       </c>
-      <c r="E53" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="10">
-        <v>33.2</v>
+        <v>27.68</v>
       </c>
       <c r="G53" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>63</v>
       </c>
       <c r="B54" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D54" s="10">
         <v>1.61</v>
       </c>
       <c r="E54" s="10">
         <v>1.61</v>
       </c>
       <c r="F54" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G54" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>64</v>
       </c>
       <c r="B55" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D55" s="10">
+        <v>3326.03</v>
+      </c>
+      <c r="E55" s="10">
         <v>3402.86</v>
       </c>
-      <c r="E55" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="10">
-        <v>33.22</v>
+        <v>27.69</v>
       </c>
       <c r="G55" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>65</v>
       </c>
       <c r="B56" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D56" s="10">
+        <v>377.61</v>
+      </c>
+      <c r="E56" s="10">
         <v>401.93</v>
       </c>
-      <c r="E56" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F56" s="10">
-        <v>33.47</v>
+        <v>21.52</v>
       </c>
       <c r="G56" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="9" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>67</v>
       </c>
       <c r="B58" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C58" s="10" t="s">
         <v>69</v>
       </c>
       <c r="D58" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>70</v>
@@ -2178,104 +2178,104 @@
         <v>69</v>
       </c>
       <c r="D62" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F62" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G62" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>75</v>
       </c>
       <c r="B63" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C63" s="10" t="s">
         <v>76</v>
       </c>
-      <c r="D63" s="10">
-[...6 lines deleted...]
-        <v>-25.09</v>
+      <c r="D63" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E63" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F63" s="10" t="s">
+        <v>46</v>
       </c>
       <c r="G63" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>77</v>
       </c>
       <c r="B64" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C64" s="10" t="s">
         <v>76</v>
       </c>
       <c r="D64" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F64" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G64" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>78</v>
       </c>
       <c r="B65" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C65" s="10" t="s">
         <v>76</v>
       </c>
       <c r="D65" s="10">
-        <v>4.03</v>
+        <v>4.48</v>
       </c>
       <c r="E65" s="10">
-        <v>4.27</v>
+        <v>4.47</v>
       </c>
       <c r="F65" s="10">
-        <v>-25.92</v>
+        <v>-17.5</v>
       </c>
       <c r="G65" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="12" t="s">
         <v>79</v>
       </c>
       <c r="B66" s="10"/>
       <c r="C66" s="10"/>
       <c r="D66" s="10"/>
       <c r="E66" s="10"/>
       <c r="F66" s="10"/>
       <c r="G66" s="10"/>
     </row>
     <row r="67" spans="1:7" customHeight="1" ht="20">
       <c r="A67" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>4</v>
@@ -2820,375 +2820,375 @@
         <v>-336.77</v>
       </c>
       <c r="F92" s="10">
         <v>-237.38</v>
       </c>
       <c r="G92" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="9" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>105</v>
       </c>
       <c r="B94" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D94" s="10">
+        <v>4482.01</v>
+      </c>
+      <c r="E94" s="10">
         <v>4484.49</v>
       </c>
-      <c r="E94" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F94" s="10">
-        <v>28.76</v>
+        <v>30.51</v>
       </c>
       <c r="G94" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>106</v>
       </c>
       <c r="B95" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D95" s="10">
+        <v>4943.84</v>
+      </c>
+      <c r="E95" s="10">
         <v>4813.83</v>
       </c>
-      <c r="E95" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F95" s="10">
-        <v>29.89</v>
+        <v>28.08</v>
       </c>
       <c r="G95" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>107</v>
       </c>
       <c r="B96" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D96" s="10">
+        <v>4390.02</v>
+      </c>
+      <c r="E96" s="10">
         <v>4347.93</v>
       </c>
-      <c r="E96" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F96" s="10">
-        <v>28.53</v>
+        <v>24.46</v>
       </c>
       <c r="G96" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>108</v>
       </c>
       <c r="B97" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D97" s="10">
         <v>0</v>
       </c>
       <c r="E97" s="10">
         <v>0</v>
       </c>
       <c r="F97" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G97" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>109</v>
       </c>
       <c r="B98" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D98" s="10">
+        <v>216.55</v>
+      </c>
+      <c r="E98" s="10">
         <v>214.61</v>
       </c>
-      <c r="E98" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F98" s="10">
-        <v>3.74</v>
+        <v>4.71</v>
       </c>
       <c r="G98" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>110</v>
       </c>
       <c r="B99" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D99" s="10">
+        <v>335.79</v>
+      </c>
+      <c r="E99" s="10">
         <v>250.31</v>
       </c>
-      <c r="E99" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F99" s="10">
-        <v>117.37</v>
+        <v>170.74</v>
       </c>
       <c r="G99" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>111</v>
       </c>
       <c r="B100" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D100" s="10">
+        <v>1.48</v>
+      </c>
+      <c r="E100" s="10">
         <v>0.98</v>
       </c>
-      <c r="E100" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F100" s="10">
-        <v>-14.69</v>
+        <v>-13.59</v>
       </c>
       <c r="G100" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>112</v>
       </c>
       <c r="B101" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D101" s="10">
+        <v>461.83</v>
+      </c>
+      <c r="E101" s="10">
         <v>329.34</v>
       </c>
-      <c r="E101" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F101" s="10">
-        <v>47.62</v>
+        <v>8.49</v>
       </c>
       <c r="G101" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>113</v>
       </c>
       <c r="B102" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D102" s="10">
         <v>0</v>
       </c>
       <c r="E102" s="10">
         <v>0</v>
       </c>
       <c r="F102" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G102" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>114</v>
       </c>
       <c r="B103" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D103" s="10">
+        <v>4.17</v>
+      </c>
+      <c r="E103" s="10">
         <v>2.76</v>
       </c>
-      <c r="E103" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F103" s="10">
-        <v>-13.97</v>
+        <v>-12.76</v>
       </c>
       <c r="G103" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>115</v>
       </c>
       <c r="B104" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D104" s="10">
+        <v>457.66</v>
+      </c>
+      <c r="E104" s="10">
         <v>326.58</v>
       </c>
-      <c r="E104" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F104" s="10">
-        <v>48.52</v>
+        <v>8.73</v>
       </c>
       <c r="G104" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="12" t="s">
         <v>116</v>
       </c>
       <c r="B105" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="10" t="s">
         <v>117</v>
       </c>
       <c r="D105" s="10">
         <v>4813.83</v>
       </c>
       <c r="E105" s="10">
         <v>5023.91</v>
       </c>
       <c r="F105" s="10" t="s">
         <v>118</v>
       </c>
       <c r="G105" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="9" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>121</v>
       </c>
       <c r="B107" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D107" s="10">
         <v>-1110.89</v>
       </c>
       <c r="E107" s="10">
         <v>-1004.74</v>
       </c>
       <c r="F107" s="10">
         <v>17.47</v>
       </c>
       <c r="G107" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>122</v>
       </c>
       <c r="B108" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D108" s="10">
         <v>465.77</v>
       </c>
       <c r="E108" s="10">
         <v>510.75</v>
       </c>
       <c r="F108" s="10">
         <v>8.33</v>
       </c>
       <c r="G108" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>123</v>
       </c>
       <c r="B109" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D109" s="10">
         <v>1576.66</v>
       </c>
       <c r="E109" s="10">
         <v>1515.49</v>
       </c>
       <c r="F109" s="10">
         <v>14.62</v>
       </c>
       <c r="G109" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="9" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>125</v>
       </c>
       <c r="B111" s="10" t="s">
         <v>13</v>
@@ -4240,51 +4240,51 @@
         <v>1212.13</v>
       </c>
       <c r="E157" s="10">
         <v>1231.81</v>
       </c>
       <c r="F157" s="10">
         <v>20.43</v>
       </c>
       <c r="G157" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="9" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>151</v>
       </c>
       <c r="B159" s="10" t="s">
         <v>152</v>
       </c>
       <c r="C159" s="10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D159" s="10">
         <v>8.75</v>
       </c>
       <c r="E159" s="10">
         <v>8.75</v>
       </c>
       <c r="F159" s="10" t="s">
         <v>46</v>
       </c>
       <c r="G159" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="160" spans="1:7" customHeight="1" ht="20">
       <c r="A160" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C160" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D160" s="6"/>