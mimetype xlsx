--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -22,51 +22,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>National Summary Data Page- IMF</t>
   </si>
   <si>
     <t>The data shown in this page correspond to the data described on the International Monetary Fund´s Dissemination Standards Bulletin Board (DSBB). For a fuller explanation of the DSBB and the statistical standards to which El Salvador has committed, please click onDSBB home
 [Real Sector] [Fiscal Sector] [Financial Sector] [External Sector] [Population]
 Unless otherwise indicated, data are preliminary when first released
 Data are not seasonally adjusted, unless otherwise indicated.
 Data Template on International Reserves/Foreign Currency Liquidity
-(Last update until december 2025)</t>
+(Last update until January 2026)</t>
   </si>
   <si>
     <t>SDDS Data Category and Component</t>
   </si>
   <si>
     <t>Unit Description</t>
   </si>
   <si>
     <t>Observations [1/]</t>
   </si>
   <si>
     <t>% Change from same period of previous year</t>
   </si>
   <si>
     <t>Link to El Salvador´s Data</t>
   </si>
   <si>
     <t>Date of the Latest Data</t>
   </si>
   <si>
     <t>Latest Data</t>
   </si>
   <si>
     <t>Data for the previous period</t>
   </si>
@@ -76,134 +76,134 @@
   <si>
     <t>National Accounts</t>
   </si>
   <si>
     <t>PIB Precios corrientes por sectores productivos</t>
   </si>
   <si>
     <t>Millions of US$</t>
   </si>
   <si>
     <t>Q3/25</t>
   </si>
   <si>
     <t>Data Base</t>
   </si>
   <si>
     <t>GDP. Index 2/</t>
   </si>
   <si>
     <t>Índex</t>
   </si>
   <si>
     <t>Production Index</t>
   </si>
   <si>
-    <t>Dec/26</t>
+    <t>Jan/26</t>
   </si>
   <si>
     <t>Employment 3/</t>
   </si>
   <si>
     <t>Thousands of workers</t>
   </si>
   <si>
     <t>Unemployment 3/</t>
   </si>
   <si>
     <t>Wages/Earnings 3/</t>
   </si>
   <si>
     <t>Monthly average earnings/ US$</t>
   </si>
   <si>
     <t>Consumer Price Index (CPI)</t>
   </si>
   <si>
     <t>General Index, December 2009=100</t>
   </si>
   <si>
-    <t>Jan/26</t>
+    <t>Feb/26</t>
   </si>
   <si>
     <t>Producer Price Index (PPI)</t>
   </si>
   <si>
     <t>Fiscal Sector</t>
   </si>
   <si>
     <t>General Government or Public Sector Operations [4/] [5/]</t>
   </si>
   <si>
     <t>Income and Donations</t>
   </si>
   <si>
     <t>Expenses and Net Lending</t>
   </si>
   <si>
     <t>Interests</t>
   </si>
   <si>
     <t>Including Donations and Pensions</t>
   </si>
   <si>
+    <t>-.-</t>
+  </si>
+  <si>
     <t>Central Government Operations</t>
   </si>
   <si>
     <t>Total Revenues and Grants</t>
   </si>
   <si>
     <t>Expenditures and Net Lending</t>
   </si>
   <si>
     <t>Interest paymets</t>
   </si>
   <si>
     <t>Balance, Deficit/Surplus</t>
   </si>
   <si>
     <t>Central Government Debt</t>
   </si>
   <si>
     <t>External Debt</t>
   </si>
   <si>
     <t>Domestic Debt</t>
   </si>
   <si>
     <t>Guaranteed Debt</t>
   </si>
   <si>
     <t>Q4/25</t>
   </si>
   <si>
     <t>Guaranteed</t>
   </si>
   <si>
-    <t>-.-</t>
-[...1 lines deleted...]
-  <si>
     <t>Monetary Sector</t>
   </si>
   <si>
     <t>Panorama de las Sociedades de Depósitos (PSD)</t>
   </si>
   <si>
     <t>Net Foreign Assets (NEA)</t>
   </si>
   <si>
     <t>Net domestic assets (NDA)</t>
   </si>
   <si>
     <t>Domestic total credit (net)</t>
   </si>
   <si>
     <t>Credit and Investment to the Private Sector</t>
   </si>
   <si>
     <t>Non-Financial Public Sector Credit (Net)</t>
   </si>
   <si>
     <t>Other Net Accounts</t>
   </si>
   <si>
     <t>Broad Sense Money (DSA)</t>
@@ -247,51 +247,51 @@
   <si>
     <t>Percentages</t>
   </si>
   <si>
     <t>27 Dec 2013</t>
   </si>
   <si>
     <t>N.T.</t>
   </si>
   <si>
     <t>For 28 days</t>
   </si>
   <si>
     <t>For 91 days</t>
   </si>
   <si>
     <t>For 182 days</t>
   </si>
   <si>
     <t>For 364 days</t>
   </si>
   <si>
     <t>Weighted average rates on Treasury Bill issued in US dollars</t>
   </si>
   <si>
-    <t>13 Feb 2026</t>
+    <t>06 Mar 2026</t>
   </si>
   <si>
     <t>Interbank interest rate for loans between 1-7 days</t>
   </si>
   <si>
     <t>Repos interest rate for periods between 1-7 days</t>
   </si>
   <si>
     <t>Mercado de Valores [7] Stock Market</t>
   </si>
   <si>
     <t>External Sector</t>
   </si>
   <si>
     <t>Quarterly Balance of Payments</t>
   </si>
   <si>
     <t>Current Account</t>
   </si>
   <si>
     <t>Exports of goods</t>
   </si>
   <si>
     <t>Imports of goods</t>
   </si>
@@ -370,54 +370,54 @@
   <si>
     <t>SDR's Holding</t>
   </si>
   <si>
     <t>Gold</t>
   </si>
   <si>
     <t>Assets in transit and Interest earnings on Foreign Assets</t>
   </si>
   <si>
     <t>SHORT TERM EXTERNAL LIABILITIES</t>
   </si>
   <si>
     <t>Interest Payments to Non Residents</t>
   </si>
   <si>
     <t>Interest Payments on Foreighn Liabilities</t>
   </si>
   <si>
     <t>Other Short Term Liabilities</t>
   </si>
   <si>
     <t>International Reserves and Foreign Currency Liquidity</t>
   </si>
   <si>
-    <t>Diciembre/25</t>
-[...2 lines deleted...]
-    <t>29.9%</t>
+    <t>Enero /26</t>
+  </si>
+  <si>
+    <t>28.1%</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>International Merchandise Trade</t>
   </si>
   <si>
     <t>Trade Balance</t>
   </si>
   <si>
     <t>Exports (FOB)</t>
   </si>
   <si>
     <t>Imports (CIF)</t>
   </si>
   <si>
     <t>International Position Investment</t>
   </si>
   <si>
     <t>Net International Investment Position</t>
   </si>
   <si>
     <t>Assets</t>
   </si>
@@ -1093,57 +1093,57 @@
       </c>
       <c r="D8" s="10">
         <v>132.07</v>
       </c>
       <c r="E8" s="10">
         <v>131.52</v>
       </c>
       <c r="F8" s="10">
         <v>5.1</v>
       </c>
       <c r="G8" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="10">
-        <v>108.41</v>
+        <v>113.03</v>
       </c>
       <c r="E9" s="10">
-        <v>107</v>
+        <v>112.3</v>
       </c>
       <c r="F9" s="10">
-        <v>2.37</v>
+        <v>6.4</v>
       </c>
       <c r="G9" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="10">
         <v>2024</v>
       </c>
       <c r="D10" s="10">
         <v>2881.08</v>
       </c>
       <c r="E10" s="10">
         <v>2932.68</v>
       </c>
       <c r="F10" s="10">
         <v>-1.76</v>
       </c>
       <c r="G10" s="11" t="s">
@@ -1185,80 +1185,80 @@
       </c>
       <c r="D12" s="10">
         <v>225.27</v>
       </c>
       <c r="E12" s="10">
         <v>223.32</v>
       </c>
       <c r="F12" s="10">
         <v>0.87</v>
       </c>
       <c r="G12" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="10">
+        <v>131.6</v>
+      </c>
+      <c r="E13" s="10">
         <v>131</v>
       </c>
-      <c r="E13" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="10">
-        <v>0.65</v>
+        <v>1.17</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D14" s="10">
+        <v>136.64</v>
+      </c>
+      <c r="E14" s="10">
         <v>136.52</v>
       </c>
-      <c r="E14" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="10">
-        <v>1.18</v>
+        <v>1.35</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="20">
       <c r="A15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:7">
@@ -1281,366 +1281,366 @@
         <v>29</v>
       </c>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>31</v>
       </c>
       <c r="B19" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D19" s="10">
+        <v>877.71</v>
+      </c>
+      <c r="E19" s="10">
         <v>935.32</v>
       </c>
-      <c r="E19" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="10">
-        <v>17.57</v>
+        <v>4.27</v>
       </c>
       <c r="G19" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D20" s="10">
+        <v>1057.65</v>
+      </c>
+      <c r="E20" s="10">
         <v>926.56</v>
       </c>
-      <c r="E20" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="10">
-        <v>-32.18</v>
+        <v>18.38</v>
       </c>
       <c r="G20" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>33</v>
       </c>
       <c r="B21" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D21" s="10">
+        <v>283.83</v>
+      </c>
+      <c r="E21" s="10">
         <v>117.17</v>
       </c>
-      <c r="E21" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="10">
-        <v>10.64</v>
+        <v>11.66</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>34</v>
       </c>
       <c r="B22" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D22" s="10">
+        <v>-179.95</v>
+      </c>
+      <c r="E22" s="10">
         <v>8.76</v>
       </c>
-      <c r="E22" s="10">
-[...3 lines deleted...]
-        <v>-101.54</v>
+      <c r="F22" s="10" t="s">
+        <v>35</v>
       </c>
       <c r="G22" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B24" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D24" s="10">
+        <v>784.55</v>
+      </c>
+      <c r="E24" s="10">
         <v>675.44</v>
       </c>
-      <c r="E24" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F24" s="10">
-        <v>15.18</v>
+        <v>4.44</v>
       </c>
       <c r="G24" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B25" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D25" s="10">
+        <v>928.83</v>
+      </c>
+      <c r="E25" s="10">
         <v>759.26</v>
       </c>
-      <c r="E25" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="10">
-        <v>-27.83</v>
+        <v>15.69</v>
       </c>
       <c r="G25" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B26" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D26" s="10">
+        <v>250.67</v>
+      </c>
+      <c r="E26" s="10">
         <v>96.04</v>
       </c>
-      <c r="E26" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="10">
-        <v>1.69</v>
+        <v>3.26</v>
       </c>
       <c r="G26" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B27" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D27" s="10">
+        <v>-144.28</v>
+      </c>
+      <c r="E27" s="10">
         <v>-83.82</v>
       </c>
-      <c r="E27" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="10">
-        <v>-82</v>
+        <v>179.26</v>
       </c>
       <c r="G27" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B29" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="10">
         <v>31640.72</v>
       </c>
       <c r="E29" s="10">
         <v>31231.95</v>
       </c>
       <c r="F29" s="10">
         <v>7.34</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B30" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D30" s="10">
         <v>13887.09</v>
       </c>
       <c r="E30" s="10">
         <v>13316.63</v>
       </c>
       <c r="F30" s="10">
         <v>17.95</v>
       </c>
       <c r="G30" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B31" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D31" s="10">
         <v>17754.63</v>
       </c>
       <c r="E31" s="10">
         <v>17915.32</v>
       </c>
       <c r="F31" s="10">
         <v>0.29</v>
       </c>
       <c r="G31" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B32" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D32" s="10">
         <v>111.06</v>
       </c>
       <c r="E32" s="10">
         <v>110.08</v>
       </c>
       <c r="F32" s="10">
         <v>-3.08</v>
       </c>
       <c r="G32" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B33" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D33" s="10">
         <v>110.08</v>
       </c>
       <c r="E33" s="10">
         <v>110.08</v>
       </c>
       <c r="F33" s="10">
         <v>-6.97</v>
       </c>
       <c r="G33" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B34" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D34" s="10">
         <v>0</v>
       </c>
       <c r="E34" s="10">
         <v>0</v>
       </c>
       <c r="F34" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G34" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:7" customHeight="1" ht="20">
       <c r="A35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D35" s="6"/>
       <c r="E35" s="6"/>
       <c r="F35" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:7">
@@ -1663,619 +1663,619 @@
         <v>47</v>
       </c>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="9" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>49</v>
       </c>
       <c r="B39" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D39" s="10">
+        <v>4242.02</v>
+      </c>
+      <c r="E39" s="10">
         <v>4137.66</v>
       </c>
-      <c r="E39" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="10">
-        <v>74.89</v>
+        <v>109.46</v>
       </c>
       <c r="G39" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>50</v>
       </c>
       <c r="B40" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D40" s="10">
+        <v>19438.88</v>
+      </c>
+      <c r="E40" s="10">
         <v>19436.53</v>
       </c>
-      <c r="E40" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F40" s="10">
-        <v>5.38</v>
+        <v>2.81</v>
       </c>
       <c r="G40" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>51</v>
       </c>
       <c r="B41" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D41" s="10">
+        <v>24862.19</v>
+      </c>
+      <c r="E41" s="10">
         <v>24712.59</v>
       </c>
-      <c r="E41" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="10">
-        <v>5.6</v>
+        <v>3.85</v>
       </c>
       <c r="G41" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>52</v>
       </c>
       <c r="B42" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D42" s="10">
+        <v>21441.41</v>
+      </c>
+      <c r="E42" s="10">
         <v>21313.99</v>
       </c>
-      <c r="E42" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F42" s="10">
-        <v>8.36</v>
+        <v>6.66</v>
       </c>
       <c r="G42" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>53</v>
       </c>
       <c r="B43" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D43" s="10">
+        <v>3420.78</v>
+      </c>
+      <c r="E43" s="10">
         <v>3398.6</v>
       </c>
-      <c r="E43" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="10">
-        <v>-8.93</v>
+        <v>-10.89</v>
       </c>
       <c r="G43" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>54</v>
       </c>
       <c r="B44" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D44" s="10">
+        <v>-5423.32</v>
+      </c>
+      <c r="E44" s="10">
         <v>-5276.06</v>
       </c>
-      <c r="E44" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F44" s="10">
-        <v>6.42</v>
+        <v>7.74</v>
       </c>
       <c r="G44" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>55</v>
       </c>
       <c r="B45" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D45" s="10">
+        <v>23680.9</v>
+      </c>
+      <c r="E45" s="10">
         <v>23574.2</v>
       </c>
-      <c r="E45" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F45" s="10">
-        <v>13.28</v>
+        <v>13.13</v>
       </c>
       <c r="G45" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>57</v>
       </c>
       <c r="B47" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D47" s="10">
+        <v>-338.6</v>
+      </c>
+      <c r="E47" s="10">
         <v>-319.21</v>
       </c>
-      <c r="E47" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F47" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G47" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>58</v>
       </c>
       <c r="B48" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D48" s="10">
+        <v>993.81</v>
+      </c>
+      <c r="E48" s="10">
         <v>989.13</v>
       </c>
-      <c r="E48" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="10">
-        <v>2.33</v>
+        <v>2.9</v>
       </c>
       <c r="G48" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>59</v>
       </c>
       <c r="B49" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D49" s="10">
+        <v>359.01</v>
+      </c>
+      <c r="E49" s="10">
         <v>359.22</v>
       </c>
-      <c r="E49" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F49" s="10">
-        <v>4.4</v>
+        <v>4.39</v>
       </c>
       <c r="G49" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>60</v>
       </c>
       <c r="B50" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D50" s="10">
+        <v>634.8</v>
+      </c>
+      <c r="E50" s="10">
         <v>629.91</v>
       </c>
-      <c r="E50" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F50" s="10">
-        <v>1.19</v>
+        <v>2.07</v>
       </c>
       <c r="G50" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D51" s="10">
+        <v>-1332.41</v>
+      </c>
+      <c r="E51" s="10">
         <v>-1308.35</v>
       </c>
-      <c r="E51" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F51" s="10">
-        <v>23.47</v>
+        <v>25.05</v>
       </c>
       <c r="G51" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>61</v>
       </c>
       <c r="B52" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D52" s="10">
+        <v>3739.1</v>
+      </c>
+      <c r="E52" s="10">
         <v>3705.25</v>
       </c>
-      <c r="E52" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F52" s="10">
-        <v>27.02</v>
+        <v>25.47</v>
       </c>
       <c r="G52" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>62</v>
       </c>
       <c r="B53" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D53" s="10">
+        <v>3357.73</v>
+      </c>
+      <c r="E53" s="10">
         <v>3327.63</v>
       </c>
-      <c r="E53" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="10">
-        <v>27.68</v>
+        <v>25.73</v>
       </c>
       <c r="G53" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>63</v>
       </c>
       <c r="B54" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D54" s="10">
         <v>1.61</v>
       </c>
       <c r="E54" s="10">
         <v>1.61</v>
       </c>
       <c r="F54" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G54" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>64</v>
       </c>
       <c r="B55" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D55" s="10">
+        <v>3356.13</v>
+      </c>
+      <c r="E55" s="10">
         <v>3326.03</v>
       </c>
-      <c r="E55" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="10">
-        <v>27.69</v>
+        <v>25.74</v>
       </c>
       <c r="G55" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>65</v>
       </c>
       <c r="B56" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D56" s="10">
+        <v>381.36</v>
+      </c>
+      <c r="E56" s="10">
         <v>377.61</v>
       </c>
-      <c r="E56" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F56" s="10">
-        <v>21.52</v>
+        <v>23.21</v>
       </c>
       <c r="G56" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="9" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>67</v>
       </c>
       <c r="B58" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C58" s="10" t="s">
         <v>69</v>
       </c>
       <c r="D58" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F58" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G58" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>71</v>
       </c>
       <c r="B59" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C59" s="10" t="s">
         <v>69</v>
       </c>
       <c r="D59" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F59" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G59" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>72</v>
       </c>
       <c r="B60" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="10" t="s">
         <v>69</v>
       </c>
       <c r="D60" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F60" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G60" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>73</v>
       </c>
       <c r="B61" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C61" s="10" t="s">
         <v>69</v>
       </c>
       <c r="D61" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F61" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G61" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>74</v>
       </c>
       <c r="B62" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C62" s="10" t="s">
         <v>69</v>
       </c>
       <c r="D62" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F62" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G62" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>75</v>
       </c>
       <c r="B63" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C63" s="10" t="s">
         <v>76</v>
       </c>
       <c r="D63" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F63" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G63" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>77</v>
       </c>
       <c r="B64" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C64" s="10" t="s">
         <v>76</v>
       </c>
       <c r="D64" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F64" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G64" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>78</v>
       </c>
       <c r="B65" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C65" s="10" t="s">
         <v>76</v>
       </c>
       <c r="D65" s="10">
-        <v>4.48</v>
+        <v>4.34</v>
       </c>
       <c r="E65" s="10">
-        <v>4.47</v>
+        <v>4.51</v>
       </c>
       <c r="F65" s="10">
-        <v>-17.5</v>
+        <v>-23.05</v>
       </c>
       <c r="G65" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="12" t="s">
         <v>79</v>
       </c>
       <c r="B66" s="10"/>
       <c r="C66" s="10"/>
       <c r="D66" s="10"/>
       <c r="E66" s="10"/>
       <c r="F66" s="10"/>
       <c r="G66" s="10"/>
     </row>
     <row r="67" spans="1:7" customHeight="1" ht="20">
       <c r="A67" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>4</v>
@@ -2637,51 +2637,51 @@
       </c>
       <c r="F84" s="10">
         <v>-146.15</v>
       </c>
       <c r="G84" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>96</v>
       </c>
       <c r="B85" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D85" s="10">
         <v>766.83</v>
       </c>
       <c r="E85" s="10">
         <v>-9.49</v>
       </c>
       <c r="F85" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G85" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>97</v>
       </c>
       <c r="B86" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D86" s="10">
         <v>578.82</v>
       </c>
       <c r="E86" s="10">
         <v>-1.18</v>
       </c>
       <c r="F86" s="10">
         <v>-42640.98</v>
       </c>
       <c r="G86" s="11" t="s">
@@ -2820,384 +2820,384 @@
         <v>-336.77</v>
       </c>
       <c r="F92" s="10">
         <v>-237.38</v>
       </c>
       <c r="G92" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="9" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>105</v>
       </c>
       <c r="B94" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D94" s="10">
+        <v>4532.08</v>
+      </c>
+      <c r="E94" s="10">
         <v>4482.01</v>
       </c>
-      <c r="E94" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F94" s="10">
-        <v>30.51</v>
+        <v>29.26</v>
       </c>
       <c r="G94" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>106</v>
       </c>
       <c r="B95" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D95" s="10">
+        <v>4905.18</v>
+      </c>
+      <c r="E95" s="10">
         <v>4943.84</v>
       </c>
-      <c r="E95" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F95" s="10">
-        <v>28.08</v>
+        <v>22.97</v>
       </c>
       <c r="G95" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>107</v>
       </c>
       <c r="B96" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D96" s="10">
+        <v>4338.45</v>
+      </c>
+      <c r="E96" s="10">
         <v>4390.02</v>
       </c>
-      <c r="E96" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F96" s="10">
-        <v>24.46</v>
+        <v>18.57</v>
       </c>
       <c r="G96" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>108</v>
       </c>
       <c r="B97" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D97" s="10">
         <v>0</v>
       </c>
       <c r="E97" s="10">
         <v>0</v>
       </c>
       <c r="F97" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G97" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>109</v>
       </c>
       <c r="B98" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D98" s="10">
+        <v>214.28</v>
+      </c>
+      <c r="E98" s="10">
         <v>216.55</v>
       </c>
-      <c r="E98" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F98" s="10">
-        <v>4.71</v>
+        <v>4.76</v>
       </c>
       <c r="G98" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>110</v>
       </c>
       <c r="B99" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D99" s="10">
+        <v>352</v>
+      </c>
+      <c r="E99" s="10">
         <v>335.79</v>
       </c>
-      <c r="E99" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F99" s="10">
-        <v>170.74</v>
+        <v>181.55</v>
       </c>
       <c r="G99" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>111</v>
       </c>
       <c r="B100" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D100" s="10">
+        <v>0.44</v>
+      </c>
+      <c r="E100" s="10">
         <v>1.48</v>
       </c>
-      <c r="E100" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F100" s="10">
-        <v>-13.59</v>
+        <v>-11.39</v>
       </c>
       <c r="G100" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>112</v>
       </c>
       <c r="B101" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D101" s="10">
+        <v>373.1</v>
+      </c>
+      <c r="E101" s="10">
         <v>461.83</v>
       </c>
-      <c r="E101" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F101" s="10">
-        <v>8.49</v>
+        <v>-22.74</v>
       </c>
       <c r="G101" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>113</v>
       </c>
       <c r="B102" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D102" s="10">
         <v>0</v>
       </c>
       <c r="E102" s="10">
         <v>0</v>
       </c>
       <c r="F102" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G102" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>114</v>
       </c>
       <c r="B103" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D103" s="10">
+        <v>1.28</v>
+      </c>
+      <c r="E103" s="10">
         <v>4.17</v>
       </c>
-      <c r="E103" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F103" s="10">
-        <v>-12.76</v>
+        <v>-11.39</v>
       </c>
       <c r="G103" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>115</v>
       </c>
       <c r="B104" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D104" s="10">
+        <v>371.82</v>
+      </c>
+      <c r="E104" s="10">
         <v>457.66</v>
       </c>
-      <c r="E104" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F104" s="10">
-        <v>8.73</v>
+        <v>-22.77</v>
       </c>
       <c r="G104" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="12" t="s">
         <v>116</v>
       </c>
       <c r="B105" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="10" t="s">
         <v>117</v>
       </c>
       <c r="D105" s="10">
+        <v>4943.84</v>
+      </c>
+      <c r="E105" s="10">
         <v>4813.83</v>
-      </c>
-[...1 lines deleted...]
-        <v>5023.91</v>
       </c>
       <c r="F105" s="10" t="s">
         <v>118</v>
       </c>
       <c r="G105" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="9" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>121</v>
       </c>
       <c r="B107" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D107" s="10">
+        <v>-799.23</v>
+      </c>
+      <c r="E107" s="10">
         <v>-1110.89</v>
       </c>
-      <c r="E107" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F107" s="10">
-        <v>17.47</v>
+        <v>-11.72</v>
       </c>
       <c r="G107" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>122</v>
       </c>
       <c r="B108" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D108" s="10">
+        <v>559.4</v>
+      </c>
+      <c r="E108" s="10">
         <v>465.77</v>
       </c>
-      <c r="E108" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F108" s="10">
-        <v>8.33</v>
+        <v>8.46</v>
       </c>
       <c r="G108" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>123</v>
       </c>
       <c r="B109" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D109" s="10">
+        <v>1358.63</v>
+      </c>
+      <c r="E109" s="10">
         <v>1576.66</v>
       </c>
-      <c r="E109" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F109" s="10">
-        <v>14.62</v>
+        <v>-4.39</v>
       </c>
       <c r="G109" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="9" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>125</v>
       </c>
       <c r="B111" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D111" s="10">
         <v>-20370.7</v>
       </c>
       <c r="E111" s="10">
         <v>-20846.97</v>
@@ -3508,97 +3508,97 @@
       </c>
       <c r="F125" s="10">
         <v>17.95</v>
       </c>
       <c r="G125" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>135</v>
       </c>
       <c r="B126" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D126" s="10">
         <v>0</v>
       </c>
       <c r="E126" s="10">
         <v>0</v>
       </c>
       <c r="F126" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G126" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>136</v>
       </c>
       <c r="B127" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D127" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E127" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F127" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G127" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>137</v>
       </c>
       <c r="B128" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D128" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E128" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F128" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G128" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>138</v>
       </c>
       <c r="B129" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D129" s="10">
         <v>13886.09</v>
       </c>
       <c r="E129" s="10">
         <v>13316.63</v>
       </c>
       <c r="F129" s="10">
         <v>17.95</v>
       </c>
       <c r="G129" s="11" t="s">
@@ -3715,51 +3715,51 @@
       </c>
       <c r="F134" s="10">
         <v>10.1</v>
       </c>
       <c r="G134" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>137</v>
       </c>
       <c r="B135" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D135" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E135" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F135" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G135" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>141</v>
       </c>
       <c r="B136" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D136" s="10">
         <v>371.3</v>
       </c>
       <c r="E136" s="10">
         <v>204.97</v>
       </c>
       <c r="F136" s="10">
         <v>45.1</v>
       </c>
       <c r="G136" s="11" t="s">
@@ -4083,51 +4083,51 @@
       </c>
       <c r="F150" s="10">
         <v>7.28</v>
       </c>
       <c r="G150" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
         <v>136</v>
       </c>
       <c r="B151" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D151" s="10">
         <v>580</v>
       </c>
       <c r="E151" s="10">
         <v>0</v>
       </c>
       <c r="F151" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G151" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>137</v>
       </c>
       <c r="B152" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D152" s="10">
         <v>3453.55</v>
       </c>
       <c r="E152" s="10">
         <v>3780.08</v>
       </c>
       <c r="F152" s="10">
         <v>-6.79</v>
       </c>
       <c r="G152" s="11" t="s">
@@ -4198,102 +4198,102 @@
       </c>
       <c r="F155" s="10">
         <v>-0.56</v>
       </c>
       <c r="G155" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
         <v>148</v>
       </c>
       <c r="B156" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D156" s="10">
         <v>49.22</v>
       </c>
       <c r="E156" s="10">
         <v>49.22</v>
       </c>
       <c r="F156" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G156" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
         <v>149</v>
       </c>
       <c r="B157" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D157" s="10">
         <v>1212.13</v>
       </c>
       <c r="E157" s="10">
         <v>1231.81</v>
       </c>
       <c r="F157" s="10">
         <v>20.43</v>
       </c>
       <c r="G157" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="9" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>151</v>
       </c>
       <c r="B159" s="10" t="s">
         <v>152</v>
       </c>
       <c r="C159" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D159" s="10">
         <v>8.75</v>
       </c>
       <c r="E159" s="10">
         <v>8.75</v>
       </c>
       <c r="F159" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="G159" s="11" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="160" spans="1:7" customHeight="1" ht="20">
       <c r="A160" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C160" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D160" s="6"/>
       <c r="E160" s="6"/>
       <c r="F160" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G160" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:7">