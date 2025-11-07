--- v0 (2025-10-08)
+++ v1 (2025-11-07)
@@ -12,239 +12,227 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Calendario de Divulgación de Variables Claves</t>
   </si>
   <si>
     <t>Categoría de Datos</t>
   </si>
   <si>
     <t>Fechas de Publicación *</t>
   </si>
   <si>
-    <t>Octubre</t>
-[...1 lines deleted...]
-  <si>
     <t>Noviembre</t>
   </si>
   <si>
     <t>Diciembre</t>
   </si>
   <si>
     <t>Enero</t>
   </si>
   <si>
+    <t>Febrero</t>
+  </si>
+  <si>
     <t>Sector Real</t>
   </si>
   <si>
     <t>Índice de Precios al Consumidor (IPC)</t>
-  </si>
-[...2 lines deleted...]
-(Sep.25)</t>
   </si>
   <si>
     <t>07
 (Oct.25)</t>
   </si>
   <si>
     <t>05
 (Nov.25)</t>
   </si>
   <si>
     <t>09
 (Dic.25)</t>
   </si>
   <si>
+    <t>06
+(Ene.26)</t>
+  </si>
+  <si>
     <t>Índice de Precios al Productor (IPP)</t>
-  </si>
-[...2 lines deleted...]
-(Sep.25)</t>
   </si>
   <si>
     <t>11
 (Oct.25)</t>
   </si>
   <si>
     <t>09
 (Nov.25)</t>
   </si>
   <si>
     <t>13
 (Dic.25)</t>
   </si>
   <si>
+    <t>10
+(Ene.26)</t>
+  </si>
+  <si>
     <t>Índice de Producción Industrial (IPI). Serie desestacionalizada</t>
-  </si>
-[...2 lines deleted...]
-(Ago.25)</t>
   </si>
   <si>
     <t>10
 (Sep.25)</t>
   </si>
   <si>
     <t>10
 (Oct.25)</t>
   </si>
   <si>
+    <t>10
+(Dic.25)</t>
+  </si>
+  <si>
     <t>Índice de Volumen de la Actividad Económica (IVAE). Serie desestacionalizada</t>
-  </si>
-[...2 lines deleted...]
-(Ago.25)</t>
   </si>
   <si>
     <t>28
 (Sep.25)</t>
   </si>
   <si>
     <t>23
 (Oct.25)</t>
   </si>
   <si>
     <t>30
 (Nov.25)</t>
   </si>
   <si>
+    <t>27
+(Dic.25)</t>
+  </si>
+  <si>
     <t>PIB T. Producción y gasto. Índices de volumen encadenados. Serie desestacionalizada (referencia 2014)</t>
   </si>
   <si>
     <t>22
 (T3-25)</t>
   </si>
   <si>
     <t>Índice Subyacente de Inflación (ISI) Base dic. 2009.</t>
   </si>
   <si>
     <t>Empleo</t>
   </si>
   <si>
     <t>Desempleo</t>
   </si>
   <si>
     <t>Salarios/Ingresos</t>
   </si>
   <si>
     <t>Sector Fiscal</t>
   </si>
   <si>
     <t>Sector Público No Financiero</t>
   </si>
   <si>
-    <t>31
-[...2 lines deleted...]
-  <si>
     <t>28
 (Oct.25)</t>
   </si>
   <si>
     <t>22
 (Nov.25)</t>
   </si>
   <si>
     <t>30
 (Dic.25)</t>
   </si>
   <si>
+    <t>27
+(Ene.26)</t>
+  </si>
+  <si>
     <t>Gobierno Central Consolidado</t>
   </si>
   <si>
     <t>Deuda del Gobierno Central Trimestral</t>
-  </si>
-[...2 lines deleted...]
-(T3-25)</t>
   </si>
   <si>
     <t>30
 (T4-25)</t>
   </si>
   <si>
     <t>Deuda del Gobierno Central Trimestral (Serie desde enero de 2023)</t>
   </si>
   <si>
     <t>Sector Monetario y Financiero</t>
   </si>
   <si>
     <t>Panorama de las sociedades de depósito</t>
   </si>
   <si>
     <t>Panorama del Banco Central</t>
   </si>
   <si>
-    <t>05
-[...2 lines deleted...]
-  <si>
     <t>06
 (Oct.25)</t>
   </si>
   <si>
     <t>Sector Externo</t>
   </si>
   <si>
     <t>Ingresos mensuales de remesas familiares</t>
   </si>
   <si>
     <t>21
-(Sep.25)</t>
-[...2 lines deleted...]
-    <t>21
 (Oct.25)</t>
   </si>
   <si>
-    <t>27
-(Dic.25)</t>
+    <t>20
+(Ene.26)</t>
   </si>
   <si>
     <t>Índices de Precios del Comercio Exterior - Trimestral</t>
   </si>
   <si>
     <t>Balanza Comercial de Mercancías. Valores</t>
   </si>
   <si>
     <t>Saldo Bruto de la Deuda Externa Total En Millones de US$</t>
   </si>
   <si>
     <t>Posición de Inversión Internacional a fin de período</t>
   </si>
   <si>
     <t>Balanza de Pagos Trimestral</t>
   </si>
   <si>
     <t>IED: Flujo neto. Desde trimestre I 2010</t>
   </si>
   <si>
     <t>Reservas Internacionales Netas BCR</t>
   </si>
   <si>
     <t>07
 (Dic.25)</t>
@@ -648,53 +636,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E36" sqref="E36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
-    <col min="2" max="2" width="9" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="5"/>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="2"/>
       <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
@@ -740,82 +728,82 @@
       </c>
       <c r="B7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="6" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="7"/>
-      <c r="C10" s="7"/>
-      <c r="D10" s="6" t="s">
+      <c r="C10" s="6" t="s">
         <v>28</v>
       </c>
+      <c r="D10" s="7"/>
       <c r="E10" s="7"/>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
@@ -865,289 +853,287 @@
       <c r="E16" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="6" t="s">
+      <c r="B18" s="7"/>
+      <c r="C18" s="7"/>
+      <c r="D18" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="C18" s="7"/>
-[...3 lines deleted...]
-      </c>
+      <c r="E18" s="7"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="7"/>
     </row>
     <row r="20" spans="1:5" customHeight="1" ht="20">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>35</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B22" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="6" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:5" customHeight="1" ht="20">
       <c r="A23" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="6" t="s">
         <v>50</v>
-      </c>
-[...10 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="5" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B25" s="7"/>
-      <c r="C25" s="7"/>
-      <c r="D25" s="6" t="s">
+      <c r="C25" s="6" t="s">
         <v>28</v>
       </c>
+      <c r="D25" s="7"/>
       <c r="E25" s="7"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="5" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="E26" s="6" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="5" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B27" s="7"/>
-      <c r="C27" s="7"/>
-      <c r="D27" s="6" t="s">
+      <c r="C27" s="6" t="s">
         <v>28</v>
       </c>
+      <c r="D27" s="7"/>
       <c r="E27" s="7"/>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="5" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B28" s="7"/>
-      <c r="C28" s="7"/>
-      <c r="D28" s="6" t="s">
+      <c r="C28" s="6" t="s">
         <v>28</v>
       </c>
+      <c r="D28" s="7"/>
       <c r="E28" s="7"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="5" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B29" s="7"/>
-      <c r="C29" s="7"/>
-      <c r="D29" s="6" t="s">
+      <c r="C29" s="6" t="s">
         <v>28</v>
       </c>
+      <c r="D29" s="7"/>
       <c r="E29" s="7"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="5" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B30" s="7"/>
-      <c r="C30" s="7"/>
-      <c r="D30" s="6" t="s">
+      <c r="C30" s="6" t="s">
         <v>28</v>
       </c>
+      <c r="D30" s="7"/>
       <c r="E30" s="7"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>61</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="5" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>35</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="5" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:5" customHeight="1" ht="20">
       <c r="A35" s="3" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B35" s="4"/>
       <c r="C35" s="4"/>
       <c r="D35" s="4"/>
       <c r="E35" s="4"/>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="5" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B36" s="7"/>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
       <c r="E36" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:E3"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A20:E20"/>
     <mergeCell ref="A23:E23"/>
     <mergeCell ref="A35:E35"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>