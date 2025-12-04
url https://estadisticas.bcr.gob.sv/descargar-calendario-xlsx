--- v1 (2025-11-07)
+++ v2 (2025-12-04)
@@ -12,230 +12,227 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Calendario de Divulgación de Variables Claves</t>
   </si>
   <si>
     <t>Categoría de Datos</t>
   </si>
   <si>
     <t>Fechas de Publicación *</t>
   </si>
   <si>
-    <t>Noviembre</t>
-[...1 lines deleted...]
-  <si>
     <t>Diciembre</t>
   </si>
   <si>
     <t>Enero</t>
   </si>
   <si>
     <t>Febrero</t>
   </si>
   <si>
+    <t>Marzo</t>
+  </si>
+  <si>
     <t>Sector Real</t>
   </si>
   <si>
     <t>Índice de Precios al Consumidor (IPC)</t>
-  </si>
-[...2 lines deleted...]
-(Oct.25)</t>
   </si>
   <si>
     <t>05
 (Nov.25)</t>
   </si>
   <si>
     <t>09
 (Dic.25)</t>
   </si>
   <si>
     <t>06
 (Ene.26)</t>
   </si>
   <si>
+    <t>06
+(Feb.26)</t>
+  </si>
+  <si>
     <t>Índice de Precios al Productor (IPP)</t>
-  </si>
-[...2 lines deleted...]
-(Oct.25)</t>
   </si>
   <si>
     <t>09
 (Nov.25)</t>
   </si>
   <si>
     <t>13
 (Dic.25)</t>
   </si>
   <si>
     <t>10
 (Ene.26)</t>
   </si>
   <si>
     <t>Índice de Producción Industrial (IPI). Serie desestacionalizada</t>
   </si>
   <si>
     <t>10
-(Sep.25)</t>
-[...2 lines deleted...]
-    <t>10
 (Oct.25)</t>
   </si>
   <si>
     <t>10
 (Dic.25)</t>
   </si>
   <si>
     <t>Índice de Volumen de la Actividad Económica (IVAE). Serie desestacionalizada</t>
   </si>
   <si>
-    <t>28
-[...2 lines deleted...]
-  <si>
     <t>23
 (Oct.25)</t>
   </si>
   <si>
     <t>30
 (Nov.25)</t>
   </si>
   <si>
     <t>27
 (Dic.25)</t>
   </si>
   <si>
+    <t>27
+(Ene.26)</t>
+  </si>
+  <si>
     <t>PIB T. Producción y gasto. Índices de volumen encadenados. Serie desestacionalizada (referencia 2014)</t>
   </si>
   <si>
     <t>22
 (T3-25)</t>
   </si>
   <si>
+    <t>26
+(T4-25)</t>
+  </si>
+  <si>
     <t>Índice Subyacente de Inflación (ISI) Base dic. 2009.</t>
   </si>
   <si>
+    <t>10
+(Feb.26)</t>
+  </si>
+  <si>
     <t>Empleo</t>
   </si>
   <si>
+    <t>27
+(2025)</t>
+  </si>
+  <si>
     <t>Desempleo</t>
   </si>
   <si>
     <t>Salarios/Ingresos</t>
   </si>
   <si>
     <t>Sector Fiscal</t>
   </si>
   <si>
     <t>Sector Público No Financiero</t>
-  </si>
-[...2 lines deleted...]
-(Oct.25)</t>
   </si>
   <si>
     <t>22
 (Nov.25)</t>
   </si>
   <si>
     <t>30
 (Dic.25)</t>
   </si>
   <si>
     <t>27
-(Ene.26)</t>
+(Feb.26)</t>
   </si>
   <si>
     <t>Gobierno Central Consolidado</t>
   </si>
   <si>
     <t>Deuda del Gobierno Central Trimestral</t>
   </si>
   <si>
     <t>30
 (T4-25)</t>
   </si>
   <si>
-    <t>Deuda del Gobierno Central Trimestral (Serie desde enero de 2023)</t>
-[...1 lines deleted...]
-  <si>
     <t>Sector Monetario y Financiero</t>
   </si>
   <si>
     <t>Panorama de las sociedades de depósito</t>
   </si>
   <si>
     <t>Panorama del Banco Central</t>
   </si>
   <si>
-    <t>06
-[...2 lines deleted...]
-  <si>
     <t>Sector Externo</t>
   </si>
   <si>
     <t>Ingresos mensuales de remesas familiares</t>
-  </si>
-[...2 lines deleted...]
-(Oct.25)</t>
   </si>
   <si>
     <t>20
 (Ene.26)</t>
   </si>
   <si>
+    <t>20
+(Feb.26)</t>
+  </si>
+  <si>
     <t>Índices de Precios del Comercio Exterior - Trimestral</t>
+  </si>
+  <si>
+    <t>27
+(T4-25)</t>
   </si>
   <si>
     <t>Balanza Comercial de Mercancías. Valores</t>
   </si>
   <si>
     <t>Saldo Bruto de la Deuda Externa Total En Millones de US$</t>
   </si>
   <si>
     <t>Posición de Inversión Internacional a fin de período</t>
   </si>
   <si>
     <t>Balanza de Pagos Trimestral</t>
   </si>
   <si>
     <t>IED: Flujo neto. Desde trimestre I 2010</t>
   </si>
   <si>
     <t>Reservas Internacionales Netas BCR</t>
   </si>
   <si>
     <t>07
 (Dic.25)</t>
   </si>
   <si>
     <t>Índices de Precios del Comercio Exterior - Mensual</t>
@@ -627,61 +624,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E36"/>
+  <dimension ref="A1:E35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E36" sqref="E36"/>
+      <selection activeCell="E35" sqref="E35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="5"/>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="2"/>
       <c r="B4" s="1" t="s">
         <v>3</v>
@@ -714,442 +711,453 @@
       </c>
       <c r="C6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B8" s="6" t="s">
+      <c r="C8" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C8" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E8" s="6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="6" t="s">
+      <c r="D9" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="C9" s="6" t="s">
+      <c r="E9" s="6" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="7"/>
-[...4 lines deleted...]
-      <c r="E10" s="7"/>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
-      <c r="E12" s="7"/>
+      <c r="E12" s="6" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
-      <c r="E13" s="7"/>
+      <c r="E13" s="6" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
-      <c r="E14" s="7"/>
+      <c r="E14" s="6" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="15" spans="1:5" customHeight="1" ht="20">
       <c r="A15" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="7"/>
-      <c r="C18" s="7"/>
-      <c r="D18" s="6" t="s">
+      <c r="C18" s="6" t="s">
         <v>41</v>
       </c>
+      <c r="D18" s="7"/>
       <c r="E18" s="7"/>
     </row>
-    <row r="19" spans="1:5">
-      <c r="A19" s="5" t="s">
+    <row r="19" spans="1:5" customHeight="1" ht="20">
+      <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="7"/>
-[...5 lines deleted...]
-      <c r="A20" s="3" t="s">
+      <c r="B19" s="4"/>
+      <c r="C19" s="4"/>
+      <c r="D19" s="4"/>
+      <c r="E19" s="4"/>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="B20" s="4"/>
-[...2 lines deleted...]
-      <c r="E20" s="4"/>
+      <c r="B20" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="C21" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" customHeight="1" ht="20">
+      <c r="A22" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" s="4"/>
+      <c r="C22" s="4"/>
+      <c r="D22" s="4"/>
+      <c r="E22" s="4"/>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="D21" s="6" t="s">
-[...24 lines deleted...]
-      <c r="A23" s="3" t="s">
+      <c r="C23" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="B23" s="4"/>
-[...2 lines deleted...]
-      <c r="E23" s="4"/>
+      <c r="E23" s="6" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>49</v>
-[...4 lines deleted...]
-      <c r="D24" s="6" t="s">
         <v>26</v>
       </c>
+      <c r="C24" s="7"/>
+      <c r="D24" s="7"/>
       <c r="E24" s="6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="B25" s="7"/>
+      <c r="B25" s="6" t="s">
+        <v>36</v>
+      </c>
       <c r="C25" s="6" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-      <c r="E25" s="7"/>
+        <v>23</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>49</v>
-[...4 lines deleted...]
-      <c r="D26" s="6" t="s">
         <v>26</v>
       </c>
+      <c r="C26" s="7"/>
+      <c r="D26" s="7"/>
       <c r="E26" s="6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="B27" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="B27" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C27" s="7"/>
       <c r="D27" s="7"/>
-      <c r="E27" s="7"/>
+      <c r="E27" s="6" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="B28" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="B28" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C28" s="7"/>
       <c r="D28" s="7"/>
-      <c r="E28" s="7"/>
+      <c r="E28" s="6" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="B29" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="B29" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29" s="7"/>
       <c r="D29" s="7"/>
-      <c r="E29" s="7"/>
+      <c r="E29" s="6" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="B30" s="7"/>
+      <c r="B30" s="6" t="s">
+        <v>9</v>
+      </c>
       <c r="C30" s="6" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-      <c r="E30" s="7"/>
+        <v>57</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>9</v>
+        <v>59</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E32" s="6" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="5" t="s">
         <v>61</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="34" spans="1:5">
-      <c r="A34" s="5" t="s">
+    <row r="34" spans="1:5" customHeight="1" ht="20">
+      <c r="A34" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B34" s="6" t="s">
-[...28 lines deleted...]
-      <c r="E36" s="7"/>
+      <c r="B34" s="4"/>
+      <c r="C34" s="4"/>
+      <c r="D34" s="4"/>
+      <c r="E34" s="4"/>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B35" s="7"/>
+      <c r="C35" s="7"/>
+      <c r="D35" s="7"/>
+      <c r="E35" s="6" t="s">
+        <v>31</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:E3"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="A15:E15"/>
-    <mergeCell ref="A20:E20"/>
-[...1 lines deleted...]
-    <mergeCell ref="A35:E35"/>
+    <mergeCell ref="A19:E19"/>
+    <mergeCell ref="A22:E22"/>
+    <mergeCell ref="A34:E34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>