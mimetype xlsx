--- v2 (2025-12-04)
+++ v3 (2025-12-24)
@@ -86,51 +86,51 @@
 (Nov.25)</t>
   </si>
   <si>
     <t>13
 (Dic.25)</t>
   </si>
   <si>
     <t>10
 (Ene.26)</t>
   </si>
   <si>
     <t>Índice de Producción Industrial (IPI). Serie desestacionalizada</t>
   </si>
   <si>
     <t>10
 (Oct.25)</t>
   </si>
   <si>
     <t>10
 (Dic.25)</t>
   </si>
   <si>
     <t>Índice de Volumen de la Actividad Económica (IVAE). Serie desestacionalizada</t>
   </si>
   <si>
-    <t>23
+    <t>31
 (Oct.25)</t>
   </si>
   <si>
     <t>30
 (Nov.25)</t>
   </si>
   <si>
     <t>27
 (Dic.25)</t>
   </si>
   <si>
     <t>27
 (Ene.26)</t>
   </si>
   <si>
     <t>PIB T. Producción y gasto. Índices de volumen encadenados. Serie desestacionalizada (referencia 2014)</t>
   </si>
   <si>
     <t>22
 (T3-25)</t>
   </si>
   <si>
     <t>26
 (T4-25)</t>
   </si>