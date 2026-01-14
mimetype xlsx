--- v3 (2025-12-24)
+++ v4 (2026-01-14)
@@ -12,256 +12,260 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Calendario de Divulgación de Variables Claves</t>
   </si>
   <si>
     <t>Categoría de Datos</t>
   </si>
   <si>
     <t>Fechas de Publicación *</t>
   </si>
   <si>
-    <t>Diciembre</t>
-[...1 lines deleted...]
-  <si>
     <t>Enero</t>
   </si>
   <si>
     <t>Febrero</t>
   </si>
   <si>
     <t>Marzo</t>
   </si>
   <si>
+    <t>Abril</t>
+  </si>
+  <si>
     <t>Sector Real</t>
   </si>
   <si>
     <t>Índice de Precios al Consumidor (IPC)</t>
-  </si>
-[...2 lines deleted...]
-(Nov.25)</t>
   </si>
   <si>
     <t>09
 (Dic.25)</t>
   </si>
   <si>
     <t>06
 (Ene.26)</t>
   </si>
   <si>
     <t>06
 (Feb.26)</t>
   </si>
   <si>
+    <t>13
+(Mar.26)</t>
+  </si>
+  <si>
     <t>Índice de Precios al Productor (IPP)</t>
+  </si>
+  <si>
+    <t>13
+(Dic.25)</t>
+  </si>
+  <si>
+    <t>10
+(Ene.26)</t>
+  </si>
+  <si>
+    <t>15
+(Mar.26)</t>
+  </si>
+  <si>
+    <t>Índice de Producción Industrial (IPI). Serie desestacionalizada</t>
   </si>
   <si>
     <t>09
 (Nov.25)</t>
   </si>
   <si>
-    <t>13
-[...13 lines deleted...]
-  <si>
     <t>10
 (Dic.25)</t>
   </si>
   <si>
+    <t>10
+(Feb.26)</t>
+  </si>
+  <si>
     <t>Índice de Volumen de la Actividad Económica (IVAE). Serie desestacionalizada</t>
-  </si>
-[...2 lines deleted...]
-(Oct.25)</t>
   </si>
   <si>
     <t>30
 (Nov.25)</t>
   </si>
   <si>
     <t>27
 (Dic.25)</t>
   </si>
   <si>
     <t>27
 (Ene.26)</t>
   </si>
   <si>
+    <t>30
+(Feb.26)</t>
+  </si>
+  <si>
     <t>PIB T. Producción y gasto. Índices de volumen encadenados. Serie desestacionalizada (referencia 2014)</t>
   </si>
   <si>
-    <t>22
-[...3 lines deleted...]
-    <t>26
+    <t>27
 (T4-25)</t>
   </si>
   <si>
     <t>Índice Subyacente de Inflación (ISI) Base dic. 2009.</t>
-  </si>
-[...2 lines deleted...]
-(Feb.26)</t>
   </si>
   <si>
     <t>Empleo</t>
   </si>
   <si>
     <t>27
 (2025)</t>
   </si>
   <si>
     <t>Desempleo</t>
   </si>
   <si>
     <t>Salarios/Ingresos</t>
   </si>
   <si>
     <t>Sector Fiscal</t>
   </si>
   <si>
     <t>Sector Público No Financiero</t>
   </si>
   <si>
-    <t>22
-[...2 lines deleted...]
-  <si>
     <t>30
 (Dic.25)</t>
   </si>
   <si>
     <t>27
 (Feb.26)</t>
   </si>
   <si>
+    <t>30
+(Mar.26)</t>
+  </si>
+  <si>
     <t>Gobierno Central Consolidado</t>
   </si>
   <si>
     <t>Deuda del Gobierno Central Trimestral</t>
   </si>
   <si>
     <t>30
 (T4-25)</t>
   </si>
   <si>
+    <t>30
+(T1-26)</t>
+  </si>
+  <si>
     <t>Sector Monetario y Financiero</t>
   </si>
   <si>
     <t>Panorama de las sociedades de depósito</t>
   </si>
   <si>
     <t>Panorama del Banco Central</t>
+  </si>
+  <si>
+    <t>08
+(Mar.26)</t>
   </si>
   <si>
     <t>Sector Externo</t>
   </si>
   <si>
     <t>Ingresos mensuales de remesas familiares</t>
   </si>
   <si>
     <t>20
 (Ene.26)</t>
   </si>
   <si>
     <t>20
 (Feb.26)</t>
   </si>
   <si>
+    <t>24
+(Mar.26)</t>
+  </si>
+  <si>
     <t>Índices de Precios del Comercio Exterior - Trimestral</t>
-  </si>
-[...2 lines deleted...]
-(T4-25)</t>
   </si>
   <si>
     <t>Balanza Comercial de Mercancías. Valores</t>
   </si>
   <si>
     <t>Saldo Bruto de la Deuda Externa Total En Millones de US$</t>
   </si>
   <si>
     <t>Posición de Inversión Internacional a fin de período</t>
   </si>
   <si>
     <t>Balanza de Pagos Trimestral</t>
   </si>
   <si>
     <t>IED: Flujo neto. Desde trimestre I 2010</t>
   </si>
   <si>
     <t>Reservas Internacionales Netas BCR</t>
   </si>
   <si>
     <t>07
 (Dic.25)</t>
   </si>
   <si>
+    <t>07
+(Mar.26)</t>
+  </si>
+  <si>
     <t>Índices de Precios del Comercio Exterior - Mensual</t>
-  </si>
-[...2 lines deleted...]
-(Oct.25)</t>
   </si>
   <si>
     <t>Índice de Tipo de Cambio Efectivo Real - Mensual</t>
   </si>
   <si>
     <t>Reservas Internacionales y Liquidez en Moneda Extranjera</t>
   </si>
   <si>
     <t>Población</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -633,51 +637,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E35" sqref="E35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="5"/>
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="2"/>
       <c r="B4" s="1" t="s">
@@ -708,445 +712,435 @@
       </c>
       <c r="B6" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="5" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="B10" s="6" t="s">
         <v>26</v>
       </c>
+      <c r="B10" s="7"/>
       <c r="C10" s="7"/>
-      <c r="D10" s="7"/>
-      <c r="E10" s="6" t="s">
+      <c r="D10" s="6" t="s">
         <v>27</v>
       </c>
+      <c r="E10" s="7"/>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
-      <c r="D12" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D12" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" s="7"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
-      <c r="D13" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D13" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E13" s="7"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
-      <c r="D14" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D14" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E14" s="7"/>
     </row>
     <row r="15" spans="1:5" customHeight="1" ht="20">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="B16" s="6" t="s">
+      <c r="C16" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D16" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="C16" s="6" t="s">
+      <c r="E16" s="6" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="5" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B17" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="C17" s="6" t="s">
+      <c r="E17" s="6" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="7"/>
-      <c r="C18" s="6" t="s">
+      <c r="C18" s="7"/>
+      <c r="D18" s="7"/>
+      <c r="E18" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="D18" s="7"/>
-      <c r="E18" s="7"/>
     </row>
     <row r="19" spans="1:5" customHeight="1" ht="20">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D20" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="C20" s="6" t="s">
+      <c r="E20" s="6" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:5" customHeight="1" ht="20">
       <c r="A22" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="5" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="B24" s="7"/>
       <c r="C24" s="7"/>
-      <c r="D24" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D24" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="E24" s="7"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E25" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="5" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="B26" s="7"/>
       <c r="C26" s="7"/>
-      <c r="D26" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D26" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" s="7"/>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="5" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="B27" s="7"/>
       <c r="C27" s="7"/>
-      <c r="D27" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D27" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="E27" s="7"/>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="5" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="B28" s="7"/>
       <c r="C28" s="7"/>
-      <c r="D28" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D28" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="E28" s="7"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="5" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="B29" s="7"/>
       <c r="C29" s="7"/>
-      <c r="D29" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D29" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="E29" s="7"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B32" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C32" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D32" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="C32" s="6" t="s">
+      <c r="E32" s="6" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B33" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D33" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="C33" s="6" t="s">
+      <c r="E33" s="6" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:5" customHeight="1" ht="20">
       <c r="A34" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B34" s="4"/>
       <c r="C34" s="4"/>
       <c r="D34" s="4"/>
       <c r="E34" s="4"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
-      <c r="D35" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D35" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E35" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:E3"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A19:E19"/>
     <mergeCell ref="A22:E22"/>
     <mergeCell ref="A34:E34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>