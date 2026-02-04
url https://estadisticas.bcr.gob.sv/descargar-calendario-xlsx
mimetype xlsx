--- v4 (2026-01-14)
+++ v5 (2026-02-04)
@@ -12,257 +12,253 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Calendario de Divulgación de Variables Claves</t>
   </si>
   <si>
     <t>Categoría de Datos</t>
   </si>
   <si>
     <t>Fechas de Publicación *</t>
   </si>
   <si>
-    <t>Enero</t>
-[...1 lines deleted...]
-  <si>
     <t>Febrero</t>
   </si>
   <si>
     <t>Marzo</t>
   </si>
   <si>
     <t>Abril</t>
   </si>
   <si>
+    <t>Mayo</t>
+  </si>
+  <si>
     <t>Sector Real</t>
   </si>
   <si>
     <t>Índice de Precios al Consumidor (IPC)</t>
-  </si>
-[...2 lines deleted...]
-(Dic.25)</t>
   </si>
   <si>
     <t>06
 (Ene.26)</t>
   </si>
   <si>
     <t>06
 (Feb.26)</t>
   </si>
   <si>
     <t>13
 (Mar.26)</t>
   </si>
   <si>
+    <t>08
+(Abr.26)</t>
+  </si>
+  <si>
     <t>Índice de Precios al Productor (IPP)</t>
-  </si>
-[...2 lines deleted...]
-(Dic.25)</t>
   </si>
   <si>
     <t>10
 (Ene.26)</t>
   </si>
   <si>
     <t>15
 (Mar.26)</t>
   </si>
   <si>
+    <t>12
+(Abr.26)</t>
+  </si>
+  <si>
     <t>Índice de Producción Industrial (IPI). Serie desestacionalizada</t>
-  </si>
-[...2 lines deleted...]
-(Nov.25)</t>
   </si>
   <si>
     <t>10
 (Dic.25)</t>
   </si>
   <si>
     <t>10
 (Feb.26)</t>
   </si>
   <si>
+    <t>08
+(Mar.26)</t>
+  </si>
+  <si>
     <t>Índice de Volumen de la Actividad Económica (IVAE). Serie desestacionalizada</t>
-  </si>
-[...2 lines deleted...]
-(Nov.25)</t>
   </si>
   <si>
     <t>27
 (Dic.25)</t>
   </si>
   <si>
     <t>27
 (Ene.26)</t>
   </si>
   <si>
     <t>30
 (Feb.26)</t>
   </si>
   <si>
+    <t>29
+(Mar.26)</t>
+  </si>
+  <si>
     <t>PIB T. Producción y gasto. Índices de volumen encadenados. Serie desestacionalizada (referencia 2014)</t>
   </si>
   <si>
     <t>27
 (T4-25)</t>
   </si>
   <si>
     <t>Índice Subyacente de Inflación (ISI) Base dic. 2009.</t>
   </si>
   <si>
     <t>Empleo</t>
   </si>
   <si>
     <t>27
 (2025)</t>
   </si>
   <si>
     <t>Desempleo</t>
   </si>
   <si>
     <t>Salarios/Ingresos</t>
   </si>
   <si>
     <t>Sector Fiscal</t>
   </si>
   <si>
     <t>Sector Público No Financiero</t>
   </si>
   <si>
-    <t>30
-[...2 lines deleted...]
-  <si>
     <t>27
 (Feb.26)</t>
   </si>
   <si>
     <t>30
 (Mar.26)</t>
   </si>
   <si>
+    <t>29
+(Abr.26)</t>
+  </si>
+  <si>
     <t>Gobierno Central Consolidado</t>
   </si>
   <si>
     <t>Deuda del Gobierno Central Trimestral</t>
-  </si>
-[...2 lines deleted...]
-(T4-25)</t>
   </si>
   <si>
     <t>30
 (T1-26)</t>
   </si>
   <si>
     <t>Sector Monetario y Financiero</t>
   </si>
   <si>
     <t>Panorama de las sociedades de depósito</t>
   </si>
   <si>
     <t>Panorama del Banco Central</t>
   </si>
   <si>
-    <t>08
-[...2 lines deleted...]
-  <si>
     <t>Sector Externo</t>
   </si>
   <si>
     <t>Ingresos mensuales de remesas familiares</t>
   </si>
   <si>
     <t>20
 (Ene.26)</t>
   </si>
   <si>
     <t>20
 (Feb.26)</t>
   </si>
   <si>
     <t>24
 (Mar.26)</t>
   </si>
   <si>
+    <t>21
+(Abr.26)</t>
+  </si>
+  <si>
     <t>Índices de Precios del Comercio Exterior - Trimestral</t>
   </si>
   <si>
     <t>Balanza Comercial de Mercancías. Valores</t>
   </si>
   <si>
     <t>Saldo Bruto de la Deuda Externa Total En Millones de US$</t>
   </si>
   <si>
     <t>Posición de Inversión Internacional a fin de período</t>
   </si>
   <si>
     <t>Balanza de Pagos Trimestral</t>
   </si>
   <si>
     <t>IED: Flujo neto. Desde trimestre I 2010</t>
   </si>
   <si>
     <t>Reservas Internacionales Netas BCR</t>
-  </si>
-[...2 lines deleted...]
-(Dic.25)</t>
   </si>
   <si>
     <t>07
 (Mar.26)</t>
+  </si>
+  <si>
+    <t>07
+(Abr.26)</t>
   </si>
   <si>
     <t>Índices de Precios del Comercio Exterior - Mensual</t>
   </si>
   <si>
     <t>Índice de Tipo de Cambio Efectivo Real - Mensual</t>
   </si>
   <si>
     <t>Reservas Internacionales y Liquidez en Moneda Extranjera</t>
   </si>
   <si>
     <t>Población</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -709,437 +705,435 @@
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>24</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="7"/>
-      <c r="C10" s="7"/>
-      <c r="D10" s="6" t="s">
+      <c r="C10" s="6" t="s">
         <v>27</v>
       </c>
+      <c r="D10" s="7"/>
       <c r="E10" s="7"/>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="7"/>
-      <c r="C12" s="7"/>
-      <c r="D12" s="6" t="s">
+      <c r="C12" s="6" t="s">
         <v>30</v>
       </c>
+      <c r="D12" s="7"/>
       <c r="E12" s="7"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="7"/>
-      <c r="C13" s="7"/>
-      <c r="D13" s="6" t="s">
+      <c r="C13" s="6" t="s">
         <v>30</v>
       </c>
+      <c r="D13" s="7"/>
       <c r="E13" s="7"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="7"/>
-      <c r="C14" s="7"/>
-      <c r="D14" s="6" t="s">
+      <c r="C14" s="6" t="s">
         <v>30</v>
       </c>
+      <c r="D14" s="7"/>
       <c r="E14" s="7"/>
     </row>
     <row r="15" spans="1:5" customHeight="1" ht="20">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C16" s="6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C17" s="6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="6" t="s">
+      <c r="B18" s="7"/>
+      <c r="C18" s="7"/>
+      <c r="D18" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="C18" s="7"/>
-[...3 lines deleted...]
-      </c>
+      <c r="E18" s="7"/>
     </row>
     <row r="19" spans="1:5" customHeight="1" ht="20">
       <c r="A19" s="3" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B20" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20" s="6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:5" customHeight="1" ht="20">
       <c r="A22" s="3" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C23" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="B23" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="6" t="s">
+      <c r="D23" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="D23" s="6" t="s">
+      <c r="E23" s="6" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="5" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B24" s="7"/>
-      <c r="C24" s="7"/>
-      <c r="D24" s="6" t="s">
+      <c r="C24" s="6" t="s">
         <v>27</v>
       </c>
+      <c r="D24" s="7"/>
       <c r="E24" s="7"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="C25" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D25" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="D25" s="6" t="s">
+      <c r="E25" s="6" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="5" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B26" s="7"/>
-      <c r="C26" s="7"/>
-      <c r="D26" s="6" t="s">
+      <c r="C26" s="6" t="s">
         <v>27</v>
       </c>
+      <c r="D26" s="7"/>
       <c r="E26" s="7"/>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="5" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B27" s="7"/>
-      <c r="C27" s="7"/>
-      <c r="D27" s="6" t="s">
+      <c r="C27" s="6" t="s">
         <v>27</v>
       </c>
+      <c r="D27" s="7"/>
       <c r="E27" s="7"/>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="5" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B28" s="7"/>
-      <c r="C28" s="7"/>
-      <c r="D28" s="6" t="s">
+      <c r="C28" s="6" t="s">
         <v>27</v>
       </c>
+      <c r="D28" s="7"/>
       <c r="E28" s="7"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B29" s="7"/>
-      <c r="C29" s="7"/>
-      <c r="D29" s="6" t="s">
+      <c r="C29" s="6" t="s">
         <v>27</v>
       </c>
+      <c r="D29" s="7"/>
       <c r="E29" s="7"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B32" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C32" s="6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="5" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B33" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C33" s="6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="34" spans="1:5" customHeight="1" ht="20">
       <c r="A34" s="3" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B34" s="4"/>
       <c r="C34" s="4"/>
       <c r="D34" s="4"/>
       <c r="E34" s="4"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B35" s="7"/>
-      <c r="C35" s="7"/>
-      <c r="D35" s="6" t="s">
+      <c r="C35" s="6" t="s">
         <v>30</v>
       </c>
+      <c r="D35" s="7"/>
       <c r="E35" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:E3"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A19:E19"/>
     <mergeCell ref="A22:E22"/>
     <mergeCell ref="A34:E34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>