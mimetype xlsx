--- v5 (2026-02-04)
+++ v6 (2026-02-25)
@@ -172,63 +172,63 @@
     <t>Gobierno Central Consolidado</t>
   </si>
   <si>
     <t>Deuda del Gobierno Central Trimestral</t>
   </si>
   <si>
     <t>30
 (T1-26)</t>
   </si>
   <si>
     <t>Sector Monetario y Financiero</t>
   </si>
   <si>
     <t>Panorama de las sociedades de depósito</t>
   </si>
   <si>
     <t>Panorama del Banco Central</t>
   </si>
   <si>
     <t>Sector Externo</t>
   </si>
   <si>
     <t>Ingresos mensuales de remesas familiares</t>
   </si>
   <si>
-    <t>20
+    <t>24
 (Ene.26)</t>
   </si>
   <si>
-    <t>20
+    <t>24
 (Feb.26)</t>
   </si>
   <si>
-    <t>24
+    <t>27
 (Mar.26)</t>
   </si>
   <si>
-    <t>21
+    <t>25
 (Abr.26)</t>
   </si>
   <si>
     <t>Índices de Precios del Comercio Exterior - Trimestral</t>
   </si>
   <si>
     <t>Balanza Comercial de Mercancías. Valores</t>
   </si>
   <si>
     <t>Saldo Bruto de la Deuda Externa Total En Millones de US$</t>
   </si>
   <si>
     <t>Posición de Inversión Internacional a fin de período</t>
   </si>
   <si>
     <t>Balanza de Pagos Trimestral</t>
   </si>
   <si>
     <t>IED: Flujo neto. Desde trimestre I 2010</t>
   </si>
   <si>
     <t>Reservas Internacionales Netas BCR</t>
   </si>
   <si>
     <t>07