--- v6 (2026-02-25)
+++ v7 (2026-03-17)
@@ -12,224 +12,232 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Calendario de Divulgación de Variables Claves</t>
   </si>
   <si>
     <t>Categoría de Datos</t>
   </si>
   <si>
     <t>Fechas de Publicación *</t>
   </si>
   <si>
-    <t>Febrero</t>
-[...1 lines deleted...]
-  <si>
     <t>Marzo</t>
   </si>
   <si>
     <t>Abril</t>
   </si>
   <si>
     <t>Mayo</t>
   </si>
   <si>
+    <t>Junio</t>
+  </si>
+  <si>
     <t>Sector Real</t>
   </si>
   <si>
     <t>Índice de Precios al Consumidor (IPC)</t>
-  </si>
-[...2 lines deleted...]
-(Ene.26)</t>
   </si>
   <si>
     <t>06
 (Feb.26)</t>
   </si>
   <si>
     <t>13
 (Mar.26)</t>
   </si>
   <si>
     <t>08
 (Abr.26)</t>
   </si>
   <si>
+    <t>05
+(May.26)</t>
+  </si>
+  <si>
     <t>Índice de Precios al Productor (IPP)</t>
   </si>
   <si>
     <t>10
 (Ene.26)</t>
   </si>
   <si>
     <t>15
 (Mar.26)</t>
   </si>
   <si>
     <t>12
 (Abr.26)</t>
   </si>
   <si>
+    <t>09
+(May.26)</t>
+  </si>
+  <si>
     <t>Índice de Producción Industrial (IPI). Serie desestacionalizada</t>
-  </si>
-[...2 lines deleted...]
-(Dic.25)</t>
   </si>
   <si>
     <t>10
 (Feb.26)</t>
   </si>
   <si>
     <t>08
 (Mar.26)</t>
   </si>
   <si>
+    <t>10
+(Abr.26)</t>
+  </si>
+  <si>
     <t>Índice de Volumen de la Actividad Económica (IVAE). Serie desestacionalizada</t>
-  </si>
-[...2 lines deleted...]
-(Dic.25)</t>
   </si>
   <si>
     <t>27
 (Ene.26)</t>
   </si>
   <si>
     <t>30
 (Feb.26)</t>
   </si>
   <si>
     <t>29
 (Mar.26)</t>
   </si>
   <si>
+    <t>30
+(Abr.26)</t>
+  </si>
+  <si>
     <t>PIB T. Producción y gasto. Índices de volumen encadenados. Serie desestacionalizada (referencia 2014)</t>
   </si>
   <si>
     <t>27
 (T4-25)</t>
   </si>
   <si>
+    <t>30
+(T1-26)</t>
+  </si>
+  <si>
     <t>Índice Subyacente de Inflación (ISI) Base dic. 2009.</t>
   </si>
   <si>
     <t>Empleo</t>
   </si>
   <si>
     <t>27
 (2025)</t>
   </si>
   <si>
     <t>Desempleo</t>
   </si>
   <si>
     <t>Salarios/Ingresos</t>
   </si>
   <si>
     <t>Sector Fiscal</t>
   </si>
   <si>
-    <t>Sector Público No Financiero</t>
+    <t>Sector Público No Financiero (Serie 1994-2025)</t>
   </si>
   <si>
     <t>27
 (Feb.26)</t>
   </si>
   <si>
     <t>30
 (Mar.26)</t>
   </si>
   <si>
     <t>29
 (Abr.26)</t>
   </si>
   <si>
+    <t>30
+(May.26)</t>
+  </si>
+  <si>
     <t>Gobierno Central Consolidado</t>
   </si>
   <si>
     <t>Deuda del Gobierno Central Trimestral</t>
   </si>
   <si>
-    <t>30
-[...2 lines deleted...]
-  <si>
     <t>Sector Monetario y Financiero</t>
   </si>
   <si>
     <t>Panorama de las sociedades de depósito</t>
   </si>
   <si>
     <t>Panorama del Banco Central</t>
   </si>
   <si>
     <t>Sector Externo</t>
   </si>
   <si>
     <t>Ingresos mensuales de remesas familiares</t>
-  </si>
-[...2 lines deleted...]
-(Ene.26)</t>
   </si>
   <si>
     <t>24
 (Feb.26)</t>
   </si>
   <si>
     <t>27
 (Mar.26)</t>
   </si>
   <si>
     <t>25
 (Abr.26)</t>
+  </si>
+  <si>
+    <t>24
+(May.26)</t>
   </si>
   <si>
     <t>Índices de Precios del Comercio Exterior - Trimestral</t>
   </si>
   <si>
     <t>Balanza Comercial de Mercancías. Valores</t>
   </si>
   <si>
     <t>Saldo Bruto de la Deuda Externa Total En Millones de US$</t>
   </si>
   <si>
     <t>Posición de Inversión Internacional a fin de período</t>
   </si>
   <si>
     <t>Balanza de Pagos Trimestral</t>
   </si>
   <si>
     <t>IED: Flujo neto. Desde trimestre I 2010</t>
   </si>
   <si>
     <t>Reservas Internacionales Netas BCR</t>
   </si>
   <si>
     <t>07
 (Mar.26)</t>
@@ -705,434 +713,446 @@
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-      <c r="C10" s="6" t="s">
         <v>27</v>
       </c>
+      <c r="B10" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="7"/>
       <c r="D10" s="7"/>
-      <c r="E10" s="7"/>
+      <c r="E10" s="6" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="5" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="7"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="5" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="7"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
     </row>
     <row r="15" spans="1:5" customHeight="1" ht="20">
       <c r="A15" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C17" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" s="6" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="5" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B18" s="7"/>
-      <c r="C18" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C18" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D18" s="7"/>
       <c r="E18" s="7"/>
     </row>
     <row r="19" spans="1:5" customHeight="1" ht="20">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E20" s="6" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:5" customHeight="1" ht="20">
       <c r="A22" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="5" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24" s="7"/>
       <c r="D24" s="7"/>
-      <c r="E24" s="7"/>
+      <c r="E24" s="6" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E25" s="6" t="s">
         <v>51</v>
-      </c>
-[...10 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="5" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C26" s="7"/>
       <c r="D26" s="7"/>
-      <c r="E26" s="7"/>
+      <c r="E26" s="6" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="5" t="s">
-        <v>53</v>
-[...4 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C27" s="7"/>
       <c r="D27" s="7"/>
-      <c r="E27" s="7"/>
+      <c r="E27" s="6" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="5" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C28" s="7"/>
       <c r="D28" s="7"/>
-      <c r="E28" s="7"/>
+      <c r="E28" s="6" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="5" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C29" s="7"/>
       <c r="D29" s="7"/>
-      <c r="E29" s="7"/>
+      <c r="E29" s="6" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E32" s="6" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:5" customHeight="1" ht="20">
       <c r="A34" s="3" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B34" s="4"/>
       <c r="C34" s="4"/>
       <c r="D34" s="4"/>
       <c r="E34" s="4"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="5" t="s">
-        <v>62</v>
-[...4 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:E3"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A19:E19"/>
     <mergeCell ref="A22:E22"/>
     <mergeCell ref="A34:E34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>